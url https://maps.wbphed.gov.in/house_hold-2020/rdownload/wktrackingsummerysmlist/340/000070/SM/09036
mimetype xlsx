--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1433,54 +1433,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>112.43</v>
       </c>
       <c r="Q3" s="4">
-        <v>25.38</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>22.57</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>39</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1777,54 +1777,54 @@
         <v>53</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P9" s="4">
         <v>11.25</v>
       </c>
       <c r="Q9" s="4">
-        <v>5.7</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>50.66</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>55</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1836,54 +1836,54 @@
         <v>59</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P10" s="4">
         <v>12.14</v>
       </c>
       <c r="Q10" s="4">
-        <v>11.98</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>98.61</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1897,54 +1897,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P11" s="4">
         <v>14.17</v>
       </c>
       <c r="Q11" s="4">
-        <v>4.73</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>33.35</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>95</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1958,54 +1958,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P12" s="4">
         <v>21.28</v>
       </c>
       <c r="Q12" s="4">
-        <v>14.51</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>68.21</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2019,54 +2019,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P13" s="4">
         <v>10.29</v>
       </c>
       <c r="Q13" s="4">
-        <v>8.55</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>83.12</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2080,54 +2080,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P14" s="4">
         <v>14.54</v>
       </c>
       <c r="Q14" s="4">
-        <v>14.1</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>97.01</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2709,54 +2709,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P25" s="4">
         <v>7.82</v>
       </c>
       <c r="Q25" s="4">
-        <v>6.05</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>77.35</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>70</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2770,54 +2770,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>135</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>139</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P26" s="4">
         <v>237.24</v>
       </c>
       <c r="Q26" s="4">
-        <v>129.52</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>54.6</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2831,54 +2831,54 @@
       <c r="I27" s="13" t="s">
         <v>141</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>142</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>143</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>144</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>145</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>147</v>
       </c>
       <c r="P27" s="4">
         <v>20.5</v>
       </c>
       <c r="Q27" s="4">
-        <v>20.5</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>90</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2890,54 +2890,54 @@
         <v>148</v>
       </c>
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13"/>
       <c r="K28" s="4" t="s">
         <v>149</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>150</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>151</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>152</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>153</v>
       </c>
       <c r="P28" s="4">
         <v>16.82</v>
       </c>
       <c r="Q28" s="4">
-        <v>10.43</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>62.03</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>65</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2951,54 +2951,54 @@
       <c r="I29" s="13" t="s">
         <v>141</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>142</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>155</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>156</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>157</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>158</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P29" s="4">
         <v>7.07</v>
       </c>
       <c r="Q29" s="4">
-        <v>7.07</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>90</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -3012,54 +3012,54 @@
       <c r="I30" s="13" t="s">
         <v>141</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>142</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>164</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P30" s="4">
         <v>11.85</v>
       </c>
       <c r="Q30" s="4">
-        <v>11.85</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>70</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3073,54 +3073,54 @@
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>135</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>168</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>169</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>153</v>
       </c>
       <c r="P31" s="4">
         <v>14.23</v>
       </c>
       <c r="Q31" s="4">
-        <v>14.13</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>99.28</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>80</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3134,54 +3134,54 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>135</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>171</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>172</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>173</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>174</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>175</v>
       </c>
       <c r="P32" s="4">
         <v>13.87</v>
       </c>
       <c r="Q32" s="4">
-        <v>13.84</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>99.79</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3195,54 +3195,54 @@
       <c r="I33" s="13" t="s">
         <v>141</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>142</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>177</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>178</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>179</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>180</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P33" s="4">
         <v>6.13</v>
       </c>
       <c r="Q33" s="4">
-        <v>5.44</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>88.85</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>90</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3256,54 +3256,54 @@
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>182</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>183</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>184</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>185</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P34" s="4">
         <v>1.46</v>
       </c>
       <c r="Q34" s="4">
-        <v>1.46</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3317,54 +3317,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>187</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>188</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>189</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>190</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>191</v>
       </c>
       <c r="P35" s="4">
         <v>14.24</v>
       </c>
       <c r="Q35" s="4">
-        <v>13.79</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>96.87</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>60</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3378,54 +3378,54 @@
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>193</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>194</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>195</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>196</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>197</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P36" s="4">
         <v>4.32</v>
       </c>
       <c r="Q36" s="4">
-        <v>3.25</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>75.07</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3439,54 +3439,54 @@
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>199</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>200</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>201</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>202</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>203</v>
       </c>
       <c r="P37" s="4">
         <v>21.97</v>
       </c>
       <c r="Q37" s="4">
-        <v>5.55</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>25.24</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3500,54 +3500,54 @@
       <c r="I38" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>135</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>205</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>206</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>207</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>208</v>
       </c>
       <c r="P38" s="4">
         <v>1.08</v>
       </c>
       <c r="Q38" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>89.41</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>100</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3561,54 +3561,54 @@
       <c r="I39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>210</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>211</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>212</v>
       </c>
       <c r="P39" s="4">
         <v>4.43</v>
       </c>
       <c r="Q39" s="4">
-        <v>1.58</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>35.74</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>100</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3622,54 +3622,54 @@
       <c r="I40" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>214</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>215</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>216</v>
       </c>
       <c r="P40" s="4">
         <v>5.55</v>
       </c>
       <c r="Q40" s="4">
-        <v>5.15</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>92.92</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>100</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3854,54 +3854,54 @@
       <c r="I44" s="13" t="s">
         <v>141</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>142</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>231</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>232</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>233</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>234</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>235</v>
       </c>
       <c r="P44" s="4">
         <v>26.09</v>
       </c>
       <c r="Q44" s="4">
-        <v>13.58</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>52.04</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>40</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -4214,54 +4214,54 @@
         <v>263</v>
       </c>
       <c r="I50" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J50" s="13"/>
       <c r="K50" s="4" t="s">
         <v>264</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>265</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>266</v>
       </c>
       <c r="P50" s="4">
         <v>17.14</v>
       </c>
       <c r="Q50" s="4">
-        <v>11.02</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>64.33</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>55</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -4336,88 +4336,88 @@
       <c r="I52" s="13" t="s">
         <v>141</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>142</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>272</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>273</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>233</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>274</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>275</v>
       </c>
       <c r="P52" s="4">
         <v>69.89</v>
       </c>
       <c r="Q52" s="4">
-        <v>67.69</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>96.85</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>70</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="7" t="s">
         <v>276</v>
       </c>
       <c r="B53" s="7"/>
       <c r="C53" s="7"/>
       <c r="D53" s="7"/>
       <c r="E53" s="11"/>
       <c r="F53" s="7"/>
       <c r="G53" s="7"/>
       <c r="H53" s="14"/>
       <c r="I53" s="14"/>
       <c r="J53" s="14"/>
       <c r="K53" s="8"/>
       <c r="L53" s="8"/>
       <c r="M53" s="8"/>
       <c r="N53" s="8"/>
       <c r="O53" s="8">
         <v>1060.97</v>
       </c>
       <c r="P53" s="8">
-        <v>427.83</v>
+        <v>0</v>
       </c>
       <c r="Q53" s="8">
-        <v>40.32</v>
+        <v>0</v>
       </c>
       <c r="R53" s="8"/>
       <c r="S53" s="8"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A53:N53"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>