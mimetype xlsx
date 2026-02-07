--- v0 (2025-12-13)
+++ v1 (2026-02-07)
@@ -1590,54 +1590,54 @@
       <c r="I11" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>28</v>
       </c>
       <c r="P11" s="4">
         <v>23.43</v>
       </c>
       <c r="Q11" s="4">
-        <v>12.67</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>54.07</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>60</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1649,54 +1649,54 @@
         <v>68</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P12" s="4">
         <v>15.63</v>
       </c>
       <c r="Q12" s="4">
-        <v>13.13</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>84.03</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1710,54 +1710,54 @@
       <c r="I13" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P13" s="4">
         <v>94.88</v>
       </c>
       <c r="Q13" s="4">
-        <v>91.39</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>96.32</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1771,54 +1771,54 @@
       <c r="I14" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P14" s="4">
         <v>74.42</v>
       </c>
       <c r="Q14" s="4">
-        <v>26.91</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>36.16</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1830,54 +1830,54 @@
         <v>86</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P15" s="4">
         <v>158.37</v>
       </c>
       <c r="Q15" s="4">
-        <v>17.78</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>11.23</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1889,54 +1889,54 @@
         <v>92</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>28</v>
       </c>
       <c r="P16" s="4">
         <v>3.49</v>
       </c>
       <c r="Q16" s="4">
-        <v>3.49</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1948,54 +1948,54 @@
         <v>95</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P17" s="4">
         <v>165.38</v>
       </c>
       <c r="Q17" s="4">
-        <v>94.75</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>57.29</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2406,54 +2406,54 @@
         <v>131</v>
       </c>
       <c r="I25" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J25" s="13"/>
       <c r="K25" s="4" t="s">
         <v>132</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>133</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>134</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>135</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>136</v>
       </c>
       <c r="P25" s="4">
         <v>148.86</v>
       </c>
       <c r="Q25" s="4">
-        <v>86.57</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>58.15</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>49</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2467,54 +2467,54 @@
       <c r="I26" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>138</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>139</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P26" s="4">
         <v>197.96</v>
       </c>
       <c r="Q26" s="4">
-        <v>25.62</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>12.94</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2528,54 +2528,54 @@
       <c r="I27" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P27" s="4">
         <v>8.27</v>
       </c>
       <c r="Q27" s="4">
-        <v>7.55</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>91.37</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2874,88 +2874,88 @@
       <c r="I33" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>170</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>171</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>172</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>173</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>174</v>
       </c>
       <c r="P33" s="4">
         <v>23.57</v>
       </c>
       <c r="Q33" s="4">
-        <v>7.97</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>33.83</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="7" t="s">
         <v>175</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="11"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="14"/>
       <c r="I34" s="14"/>
       <c r="J34" s="14"/>
       <c r="K34" s="8"/>
       <c r="L34" s="8"/>
       <c r="M34" s="8"/>
       <c r="N34" s="8"/>
       <c r="O34" s="8">
         <v>964.85</v>
       </c>
       <c r="P34" s="8">
-        <v>387.83</v>
+        <v>0</v>
       </c>
       <c r="Q34" s="8">
-        <v>40.2</v>
+        <v>0</v>
       </c>
       <c r="R34" s="8"/>
       <c r="S34" s="8"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A34:N34"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>