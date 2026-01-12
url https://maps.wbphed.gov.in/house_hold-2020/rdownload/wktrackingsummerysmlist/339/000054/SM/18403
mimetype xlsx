--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="264">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -765,50 +765,86 @@
     <t>1494/BQA</t>
   </si>
   <si>
     <t>07/07/2025</t>
   </si>
   <si>
     <t>21/08/2025</t>
   </si>
   <si>
     <t>Acceptance cum Formal work order for the work of Providing and installation of Neutralization System, Flowmeter with related allied works at Hatikheda (Zone-I), Rudra(Zone-J),Dhankura (Zone-L),Purnapani (Zone-M), Madandihi (Zone-O),Nachna (Zone-P), under Khatra-Hirbandh-Ranibandh Water Supply Scheme under BMD PHE Dte. Dist Bankura.</t>
   </si>
   <si>
     <t>ORD/000415/2025-2026</t>
   </si>
   <si>
     <t>2060/BMD</t>
   </si>
   <si>
     <t>18/09/2025</t>
   </si>
   <si>
     <t>17/12/2025</t>
   </si>
   <si>
     <t>ORIENTAL ENGINEERING CO.</t>
+  </si>
+  <si>
+    <t>Construction and commissioning of ¿FHTC (Functional House Hold Tap Connection)¿ in different mouzas of Zone-P (Nachna) in connection with Augmentation of Khatra-Hirbandh-Ranibandh Water Supply Scheme (BRGF Ph-I) under Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000476/2023-2024</t>
+  </si>
+  <si>
+    <t>2331/BQA</t>
+  </si>
+  <si>
+    <t>14/08/2023</t>
+  </si>
+  <si>
+    <t>10/05/2024</t>
+  </si>
+  <si>
+    <t>SUBHENDU SEKHAR GORAI</t>
+  </si>
+  <si>
+    <t>Construction and commissioning of ¿FHTC (Functional House Hold Tap Connection)¿ in different mouzas of Zone-O (Madandihi) in connection with Augmentation of Khatra-Hirbandh-Ranibandh Water Supply Scheme (BRGF Ph-I) under Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000709/2023-2024</t>
+  </si>
+  <si>
+    <t>2679/BQA</t>
+  </si>
+  <si>
+    <t>26/09/2023</t>
+  </si>
+  <si>
+    <t>10/11/2023</t>
+  </si>
+  <si>
+    <t>SRIKANTA MONDAL</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1197,51 +1233,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W47"/>
+  <dimension ref="A1:W49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="60.128174" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -3961,87 +3997,209 @@
       </c>
       <c r="N46" s="4" t="s">
         <v>249</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>250</v>
       </c>
       <c r="P46" s="4">
         <v>200.39</v>
       </c>
       <c r="Q46" s="4">
         <v>0</v>
       </c>
       <c r="R46" s="4">
         <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>0</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
-      <c r="A47" s="7" t="s">
+      <c r="A47" s="3">
+        <v>45</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C47" s="3"/>
+      <c r="D47" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E47" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H47" s="13" t="s">
         <v>251</v>
       </c>
-      <c r="B47" s="7"/>
-[...22 lines deleted...]
-      <c r="S47" s="8"/>
+      <c r="I47" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J47" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K47" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="L47" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="M47" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="N47" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="O47" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="P47" s="4">
+        <v>112.19</v>
+      </c>
+      <c r="Q47" s="4">
+        <v>112.05</v>
+      </c>
+      <c r="R47" s="4">
+        <v>99.88</v>
+      </c>
+      <c r="S47" s="4">
+        <v>30</v>
+      </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
+    <row r="48" spans="1:23">
+      <c r="A48" s="3">
+        <v>46</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C48" s="3"/>
+      <c r="D48" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E48" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H48" s="13" t="s">
+        <v>257</v>
+      </c>
+      <c r="I48" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J48" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K48" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="L48" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="M48" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="N48" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="O48" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="P48" s="4">
+        <v>51.87</v>
+      </c>
+      <c r="Q48" s="4">
+        <v>49.98</v>
+      </c>
+      <c r="R48" s="4">
+        <v>96.35</v>
+      </c>
+      <c r="S48" s="4">
+        <v>49</v>
+      </c>
+      <c r="T48" s="1"/>
+      <c r="U48" s="1"/>
+      <c r="V48" s="1"/>
+      <c r="W48" s="1"/>
+    </row>
+    <row r="49" spans="1:23">
+      <c r="A49" s="7" t="s">
+        <v>263</v>
+      </c>
+      <c r="B49" s="7"/>
+      <c r="C49" s="7"/>
+      <c r="D49" s="7"/>
+      <c r="E49" s="11"/>
+      <c r="F49" s="7"/>
+      <c r="G49" s="7"/>
+      <c r="H49" s="14"/>
+      <c r="I49" s="14"/>
+      <c r="J49" s="14"/>
+      <c r="K49" s="8"/>
+      <c r="L49" s="8"/>
+      <c r="M49" s="8"/>
+      <c r="N49" s="8"/>
+      <c r="O49" s="8">
+        <v>1984.85</v>
+      </c>
+      <c r="P49" s="8">
+        <v>424.52</v>
+      </c>
+      <c r="Q49" s="8">
+        <v>21.39</v>
+      </c>
+      <c r="R49" s="8"/>
+      <c r="S49" s="8"/>
+      <c r="T49" s="1"/>
+      <c r="U49" s="1"/>
+      <c r="V49" s="1"/>
+      <c r="W49" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A47:N47"/>
+    <mergeCell ref="A49:N49"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>