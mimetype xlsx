--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1396,54 +1396,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>30.07</v>
       </c>
       <c r="Q3" s="4">
-        <v>30.03</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.87</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>80</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1455,54 +1455,54 @@
         <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>0.94</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.94</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.51</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>20</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1514,54 +1514,54 @@
         <v>39</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P5" s="4">
         <v>0.92</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.92</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.5</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>25</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1573,54 +1573,54 @@
         <v>42</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P6" s="4">
         <v>0.97</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>20</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1632,54 +1632,54 @@
         <v>45</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P7" s="4">
         <v>0.87</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.85</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>98.11</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>25</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1927,54 +1927,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P12" s="4">
         <v>0.37</v>
       </c>
       <c r="Q12" s="4">
-        <v>1.16</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>312.19</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2049,54 +2049,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P14" s="4">
         <v>0.37</v>
       </c>
       <c r="Q14" s="4">
-        <v>1.15</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>311.19</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2110,54 +2110,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P15" s="4">
         <v>0.37</v>
       </c>
       <c r="Q15" s="4">
-        <v>1.19</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>320.61</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>90</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2230,54 +2230,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P17" s="4">
         <v>39.8</v>
       </c>
       <c r="Q17" s="4">
-        <v>39.12</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>98.3</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>90</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2289,54 +2289,54 @@
         <v>103</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P18" s="4">
         <v>0.6</v>
       </c>
       <c r="Q18" s="4">
-        <v>0.58</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>97.16</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>97</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2348,54 +2348,54 @@
         <v>108</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P19" s="4">
         <v>4.45</v>
       </c>
       <c r="Q19" s="4">
-        <v>3.69</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>82.79</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>80</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2407,54 +2407,54 @@
         <v>113</v>
       </c>
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13"/>
       <c r="K20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P20" s="4">
         <v>2.97</v>
       </c>
       <c r="Q20" s="4">
-        <v>2.34</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>78.94</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>94</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2466,54 +2466,54 @@
         <v>116</v>
       </c>
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13"/>
       <c r="K21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="P21" s="4">
         <v>2.09</v>
       </c>
       <c r="Q21" s="4">
-        <v>2.09</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>90</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2525,54 +2525,54 @@
         <v>120</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13"/>
       <c r="K22" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>119</v>
       </c>
       <c r="P22" s="4">
         <v>2.95</v>
       </c>
       <c r="Q22" s="4">
-        <v>2.49</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>84.48</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>95</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2586,54 +2586,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>126</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P23" s="4">
         <v>6.46</v>
       </c>
       <c r="Q23" s="4">
-        <v>6.4</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>99.03</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>80</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2647,54 +2647,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>130</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>131</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>132</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="P24" s="4">
         <v>20.23</v>
       </c>
       <c r="Q24" s="4">
-        <v>19.62</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>96.99</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>90</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2708,54 +2708,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>135</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>136</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P25" s="4">
         <v>16.63</v>
       </c>
       <c r="Q25" s="4">
-        <v>16.58</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>99.69</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>90</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2826,54 +2826,54 @@
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P27" s="4">
         <v>80.09</v>
       </c>
       <c r="Q27" s="4">
-        <v>49.92</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>62.34</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>81</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2887,54 +2887,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>148</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>149</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P28" s="4">
         <v>96.97</v>
       </c>
       <c r="Q28" s="4">
-        <v>80.37</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>82.89</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>83</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -3253,54 +3253,54 @@
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>181</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>182</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>183</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>184</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>185</v>
       </c>
       <c r="P34" s="4">
         <v>14.48</v>
       </c>
       <c r="Q34" s="4">
-        <v>2.09</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>14.41</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>90</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -4044,54 +4044,54 @@
       <c r="I47" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>254</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>255</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>256</v>
       </c>
       <c r="P47" s="4">
         <v>112.19</v>
       </c>
       <c r="Q47" s="4">
-        <v>112.05</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>99.88</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>30</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4105,88 +4105,88 @@
       <c r="I48" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>258</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>259</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>260</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>261</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>262</v>
       </c>
       <c r="P48" s="4">
         <v>51.87</v>
       </c>
       <c r="Q48" s="4">
-        <v>49.98</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>96.35</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>49</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="7" t="s">
         <v>263</v>
       </c>
       <c r="B49" s="7"/>
       <c r="C49" s="7"/>
       <c r="D49" s="7"/>
       <c r="E49" s="11"/>
       <c r="F49" s="7"/>
       <c r="G49" s="7"/>
       <c r="H49" s="14"/>
       <c r="I49" s="14"/>
       <c r="J49" s="14"/>
       <c r="K49" s="8"/>
       <c r="L49" s="8"/>
       <c r="M49" s="8"/>
       <c r="N49" s="8"/>
       <c r="O49" s="8">
         <v>1984.85</v>
       </c>
       <c r="P49" s="8">
-        <v>424.52</v>
+        <v>0</v>
       </c>
       <c r="Q49" s="8">
-        <v>21.39</v>
+        <v>0</v>
       </c>
       <c r="R49" s="8"/>
       <c r="S49" s="8"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A49:N49"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>