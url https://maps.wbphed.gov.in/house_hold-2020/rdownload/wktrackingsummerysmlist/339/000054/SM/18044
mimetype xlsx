--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -119,147 +119,150 @@
   <si>
     <t>RTOR000001/2023-2024</t>
   </si>
   <si>
     <t>1120/BQA</t>
   </si>
   <si>
     <t>12/05/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Bankura Mechanical</t>
   </si>
   <si>
     <t>BILL/00199/2023-2024</t>
   </si>
   <si>
     <t>28/06/2023</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LTD.</t>
   </si>
   <si>
+    <t>Soil Investigation work for the proposed construction of RCC Over Head Reservoir under Bankura Sadar Sub- Division &amp; Khatra Sub- Division of Bankura Division, P.H.E. Dte. (2nd Call)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000861/2023-2024</t>
+  </si>
+  <si>
+    <t>2953/BQA</t>
+  </si>
+  <si>
+    <t>31/10/2023</t>
+  </si>
+  <si>
+    <t>30/12/2023</t>
+  </si>
+  <si>
+    <t>K S GROUP</t>
+  </si>
+  <si>
+    <t>Preparation of Detailed Project Report for Proposed sub-surface Water Based Handulia Piped Water Supply Scheme under Bankura Division, Block-Simlapal, District-Bankura under Jal Jeevan Mission Program under Khatra Sub-Division of Bankura Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001081/2023-2024</t>
+  </si>
+  <si>
+    <t>3544/BQA</t>
+  </si>
+  <si>
+    <t>29/12/2023</t>
+  </si>
+  <si>
+    <t>28/01/2024</t>
+  </si>
+  <si>
+    <t>LEMNISCATE</t>
+  </si>
+  <si>
+    <t>RTOR000194/2023-2024</t>
+  </si>
+  <si>
+    <t>116/BQA</t>
+  </si>
+  <si>
+    <t>10/01/2024</t>
+  </si>
+  <si>
+    <t>New service connection of Handulia PWSS ,Mouza-Ramchandrapur, G.p.- Parsala JL No.-5 Plot no.-8 under BMSD(D) PHE Dte.</t>
+  </si>
+  <si>
+    <t>BILL/00001/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-96</t>
+  </si>
+  <si>
+    <t>21/06/2024</t>
+  </si>
+  <si>
+    <t>Sinking of 2 (Two) Nos. 200 mm dia. X 4.50 Mtr. depth horizontal river bed tube well using MS "T" and Laying, Fitting &amp; fixing 100 mm M.S. collecting line from river bed tube well to CWR with allied works, Construction of Clear Water Reservoir, Pump House, Boundary Wall with ancillary works, Laying Rising Main, Distribution pipeline and Construction &amp; commissioning of ¿FHTC (Functional House Hold Tap Connection)¿ for sub-surface Water Based Handulia Piped Water Supply Scheme under Khatra Sub-Division of Bankura Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000403/2023-2024</t>
+  </si>
+  <si>
+    <t>2088/BQA</t>
+  </si>
+  <si>
+    <t>27/07/2023</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>SANJOY PATRA</t>
+  </si>
+  <si>
     <t>Acceptance cum Formal work order for the work of Providing and installation of High lift &amp; Low Lift pumping machineries and other electromechanical accessories for proposed ground water based Handulia piped water supply scheme Block Simlapal under under Bankura Mechanical Division, P.H.E. Dte</t>
   </si>
   <si>
     <t>Assistant Engineer,Driller-in-Charge</t>
   </si>
   <si>
-    <t>Junior Engineer</t>
-[...1 lines deleted...]
-  <si>
     <t>ORD/000564/2023-2024</t>
   </si>
   <si>
     <t>2031/BMD</t>
   </si>
   <si>
     <t>01/09/2023</t>
   </si>
   <si>
-    <t>30/12/2023</t>
+    <t>15/12/2025</t>
   </si>
   <si>
     <t>M/S SOMA ENTERPRISES</t>
-  </si>
-[...73 lines deleted...]
-    <t>SANJOY PATRA</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -890,412 +893,412 @@
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
-        <v>48.85</v>
+        <v>5.18</v>
       </c>
       <c r="Q5" s="4">
-        <v>35.67</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>73.01</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="I6" s="13" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K6" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="L6" s="4" t="s">
+      <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="M6" s="4" t="s">
+      <c r="N6" s="4" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
-        <v>5.18</v>
+        <v>2.81</v>
       </c>
       <c r="Q6" s="4">
-        <v>0</v>
+        <v>2.78</v>
       </c>
       <c r="R6" s="4">
-        <v>0</v>
+        <v>98.98</v>
       </c>
       <c r="S6" s="4">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="I7" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K7" s="4" t="s">
+      <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="L7" s="4" t="s">
+      <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="M7" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N7" s="4" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="P7" s="4">
-        <v>2.81</v>
+        <v>3.47</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.78</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>98.98</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="L8" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N8" s="4" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="P8" s="4">
-        <v>3.47</v>
+        <v>4.58</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
-      <c r="I9" s="13"/>
-[...1 lines deleted...]
-      <c r="K9" s="4" t="s">
+      <c r="M9" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="L9" s="4" t="s">
+      <c r="N9" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="M9" s="4" t="s">
+      <c r="O9" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="N9" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P9" s="4">
-        <v>4.58</v>
+        <v>250.83</v>
       </c>
       <c r="Q9" s="4">
-        <v>0</v>
+        <v>79.16</v>
       </c>
       <c r="R9" s="4">
-        <v>0</v>
+        <v>31.56</v>
       </c>
       <c r="S9" s="4">
-        <v>0</v>
+        <v>82</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P10" s="4">
-        <v>250.83</v>
+        <v>48.85</v>
       </c>
       <c r="Q10" s="4">
-        <v>79.16</v>
+        <v>35.67</v>
       </c>
       <c r="R10" s="4">
-        <v>31.56</v>
+        <v>73.01</v>
       </c>
       <c r="S10" s="4">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>341.32</v>
       </c>
       <c r="P11" s="8">
         <v>117.6</v>
       </c>
       <c r="Q11" s="8">
         <v>34.45</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>