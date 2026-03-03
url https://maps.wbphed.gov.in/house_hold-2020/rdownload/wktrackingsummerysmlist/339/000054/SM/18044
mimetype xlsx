--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -995,54 +995,54 @@
       <c r="I6" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>2.81</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.78</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>98.98</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>90</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1176,54 +1176,54 @@
       <c r="I9" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P9" s="4">
         <v>250.83</v>
       </c>
       <c r="Q9" s="4">
-        <v>79.16</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>31.56</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>82</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1239,88 +1239,88 @@
       <c r="I10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>48.85</v>
       </c>
       <c r="Q10" s="4">
-        <v>35.67</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>73.01</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>30</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>69</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>341.32</v>
       </c>
       <c r="P11" s="8">
-        <v>117.6</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>34.45</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>