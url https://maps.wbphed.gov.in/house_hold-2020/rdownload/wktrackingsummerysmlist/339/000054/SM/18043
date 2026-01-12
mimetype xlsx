--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -278,51 +278,51 @@
   <si>
     <t>2980/BQA</t>
   </si>
   <si>
     <t>31/10/2023</t>
   </si>
   <si>
     <t>30/11/2023</t>
   </si>
   <si>
     <t>LEMNISCATE</t>
   </si>
   <si>
     <t>Construction of Pump House cum chlorine room (5.40 M X 3.6M) &amp; Toilet with sanitary water supply arrangement, Construction of Guard Room &amp; Toilet with sanitary &amp; water supply arrangement, Construction of WBSEDCL Room and Crossing Rail Track with 300 mm (OD) welded MS Casing Pipe with 100 mm dia. MS carrier pipe for Proposed sub surface water based Parashibana pipe water supply scheme under Chhatna Block under Bankura Sadar Sub-Division of Bankura Division.</t>
   </si>
   <si>
     <t>ORD/001342/2024-2025</t>
   </si>
   <si>
     <t>3181/BQA</t>
   </si>
   <si>
     <t>24/12/2024</t>
   </si>
   <si>
-    <t>24/03/2025</t>
+    <t>25/06/2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>