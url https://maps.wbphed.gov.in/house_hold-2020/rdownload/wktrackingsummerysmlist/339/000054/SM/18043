--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1171,54 +1171,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P8" s="4">
         <v>45.33</v>
       </c>
       <c r="Q8" s="4">
-        <v>32.16</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>70.95</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>11</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1234,54 +1234,54 @@
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P9" s="4">
         <v>289.5</v>
       </c>
       <c r="Q9" s="4">
-        <v>21.05</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>7.27</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>30</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1634,54 +1634,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>89</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>524.98</v>
       </c>
       <c r="P16" s="8">
-        <v>53.21</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>10.14</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>