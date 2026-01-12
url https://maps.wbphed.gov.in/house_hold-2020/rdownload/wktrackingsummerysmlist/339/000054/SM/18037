--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -119,102 +119,102 @@
   <si>
     <t>RTOR000016/2023-2024</t>
   </si>
   <si>
     <t>1120/BQA</t>
   </si>
   <si>
     <t>12/05/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Bankura Mechanical</t>
   </si>
   <si>
     <t>BILL/00173/2023-2024</t>
   </si>
   <si>
     <t>28/06/2023</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LTD.</t>
   </si>
   <si>
+    <t>Preparation of Detailed Project Report for Proposed ground water based JAMUNA BAND pipe water supply scheme, under Bankura Division Block : Bishnupur, District : Bankura under Jal Jeevan Mission Program under Bishnupur Sub-Division of Bankura Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/001210/2023-2024</t>
+  </si>
+  <si>
+    <t>484/BQA</t>
+  </si>
+  <si>
+    <t>09/02/2024</t>
+  </si>
+  <si>
+    <t>08/07/2024</t>
+  </si>
+  <si>
+    <t>ROY CHOWDHURY ASSOCIATES</t>
+  </si>
+  <si>
+    <t>Submission of Quotation for new service connection at Jamunabundh TW-I W/S scheme under BMD.PHE Dte. SM/18037</t>
+  </si>
+  <si>
+    <t>BILL/00497/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2023-24-</t>
+  </si>
+  <si>
+    <t>28/11/2024</t>
+  </si>
+  <si>
     <t>SUPPLY, DELIVERY, CONSTRUCTION, COMMISSIONING AND COMPLETION OF ALL CIVIL WORKS INCLUDING ALL ALLIED, RELATED AND ENABLING WORKS FOR JAMUNABANDH PIPED WATER SUPPLY SCHEME, BLOCK- BISHNUPUR, DIST- BANKURA UNDER JJM INCLUDING TRIAL RUN FOR 3 MONTHS AND O&amp;M FOR A PERIOD OF 3 YEARS UNDER BANKURA DIVISION,PHE Dte.</t>
   </si>
   <si>
-    <t>Assistant Engineer</t>
-[...4 lines deleted...]
-  <si>
     <t>ORD/000374/2023-2024</t>
   </si>
   <si>
     <t>2036/BQA</t>
   </si>
   <si>
     <t>24/07/2023</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>DEBAKI RANJAN SARKAR</t>
-  </si>
-[...28 lines deleted...]
-    <t>28/11/2024</t>
   </si>
   <si>
     <t>Acceptance cum Formal work order for the work of Providing, installation of Pumping machineries with other electro-mechanical accessories for proposed ground water based Jamuna Bandh piped water supply scheme under Bankura Mechanical Division, PHE Dte. Block : Bishnupur Dist: Bankura</t>
   </si>
   <si>
     <t>ORD/000442/2023-2024</t>
   </si>
   <si>
     <t>1771/BMD</t>
   </si>
   <si>
     <t>01/08/2023</t>
   </si>
   <si>
     <t>23/06/2025</t>
   </si>
   <si>
     <t>M/S BIPUL BANERJEE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
@@ -899,182 +899,182 @@
       <c r="H5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
-        <v>457.16</v>
+        <v>3.56</v>
       </c>
       <c r="Q5" s="4">
-        <v>205.77</v>
+        <v>3.56</v>
       </c>
       <c r="R5" s="4">
-        <v>45.01</v>
+        <v>100</v>
       </c>
       <c r="S5" s="4">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>43</v>
       </c>
-      <c r="I6" s="13" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="P6" s="4">
-        <v>3.56</v>
+        <v>5.68</v>
       </c>
       <c r="Q6" s="4">
-        <v>3.56</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>91</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="I7" s="13"/>
-[...1 lines deleted...]
-      <c r="K7" s="4" t="s">
+      <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="L7" s="4" t="s">
+      <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="M7" s="4" t="s">
+      <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="N7" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P7" s="4">
-        <v>5.68</v>
+        <v>457.16</v>
       </c>
       <c r="Q7" s="4">
-        <v>0</v>
+        <v>205.77</v>
       </c>
       <c r="R7" s="4">
-        <v>0</v>
+        <v>45.01</v>
       </c>
       <c r="S7" s="4">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>