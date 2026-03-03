--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -902,54 +902,54 @@
       <c r="I5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>3.56</v>
       </c>
       <c r="Q5" s="4">
-        <v>3.56</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>91</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1024,54 +1024,54 @@
       <c r="I7" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>457.16</v>
       </c>
       <c r="Q7" s="4">
-        <v>205.77</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>45.01</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>90</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1087,88 +1087,88 @@
       <c r="I8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>36.9</v>
       </c>
       <c r="Q8" s="4">
-        <v>20.14</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>54.6</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>65</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>59</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>521.1</v>
       </c>
       <c r="P9" s="8">
-        <v>229.48</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>44.04</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>