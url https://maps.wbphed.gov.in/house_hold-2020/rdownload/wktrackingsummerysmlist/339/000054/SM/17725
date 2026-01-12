--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -98,92 +98,92 @@
   <si>
     <t>BANKURA</t>
   </si>
   <si>
     <t>Bankura Mechanical</t>
   </si>
   <si>
     <t>Augmentation works for chiltore and its Adjoining mouza water supply scheme under jal jeevan mission programme</t>
   </si>
   <si>
     <t>SM/17725</t>
   </si>
   <si>
     <t>Augmentation</t>
   </si>
   <si>
     <t>BILL/00207/2023-2024</t>
   </si>
   <si>
     <t>28/06/2023</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LTD.</t>
   </si>
   <si>
+    <t>Bankura Division</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000179/2023-2024</t>
+  </si>
+  <si>
+    <t>116/BQA</t>
+  </si>
+  <si>
+    <t>10/01/2024</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
     <t>Acceptance cum Formal work order for the work of Providing and installation of High lift and Low lift pumping machineries and other electromechanical accessories for Augmentation works for Chiltore and its Adjoining mouzas water supply scheme under Jal Jeevan Mission programe under Bankura Mechanical Division PHE Dte, Dist Bankura.</t>
   </si>
   <si>
     <t>Driller-in-Charge</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000717/2023-2024</t>
   </si>
   <si>
     <t>2174/BMD</t>
   </si>
   <si>
     <t>30/10/2023</t>
   </si>
   <si>
-    <t>27/02/2024</t>
+    <t>26/02/2026</t>
   </si>
   <si>
     <t>ELECTRICAL &amp; MECHANICAL ENGINEERING CORPORATION</t>
   </si>
   <si>
-    <t>Bankura Division</t>
-[...16 lines deleted...]
-  <si>
     <t>Acceptance cum Formal work order for the work of Supply and installation of submersible pumping machinery and Voltage Stabilizer with allied items for Augmentation for Chiltore water supply scheme under Sarenga water supply scheme under Jal Jeevan Mission progremme under Bankura Mechanical Division PHE Dte, Dist :Bankura.</t>
   </si>
   <si>
     <t>ORD/000173/2024-2025</t>
   </si>
   <si>
     <t>515/BMD</t>
   </si>
   <si>
     <t>09/07/2024</t>
   </si>
   <si>
     <t>21/12/2025</t>
   </si>
   <si>
     <t>Repairing and painting of Over Head Reservoir (Capacity 200 Cum., staging height 20 Mtr.), CWR, Pump House cum Chlorine Room and Construction of Boundary Wall and Guard Room with all allied works of Augmentation of Chiltore water Supply Scheme under Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>ORD/001979/2024-2025</t>
   </si>
   <si>
     <t>672/BQA</t>
@@ -221,69 +221,87 @@
   <si>
     <t>ORD/000019/2025-2026</t>
   </si>
   <si>
     <t>154/BMD</t>
   </si>
   <si>
     <t>30/04/2025</t>
   </si>
   <si>
     <t>29/07/2025</t>
   </si>
   <si>
     <t>DEBJYOTI BASU</t>
   </si>
   <si>
     <t>Laying additional HDPE pipeline, supply of sluice valve and construction of valve chamber with all allied works under Augmentation works for Chiltore and Its Adjoining mouzas Water Supply Scheme under Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000172/2025-2026</t>
   </si>
   <si>
     <t>1308/BQA</t>
   </si>
   <si>
-    <t>18/10/2025</t>
+    <t>17/12/2025</t>
   </si>
   <si>
     <t>SUBHAJIT BANERJEE</t>
   </si>
   <si>
     <t>Acceptance cum Formal work order for the work of Construction of one no RBTW with providing and installation of Neutralization System , installation of 1 no Submersible Pump Motor set other work at Chiltore water supply scheme under Sarenga Block under BMD PHE Dte</t>
   </si>
   <si>
     <t>638/BMD</t>
   </si>
   <si>
     <t>11/07/2025</t>
   </si>
   <si>
     <t>09/10/2025</t>
   </si>
   <si>
     <t>GOENKA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Construction &amp; commissioning of FHTC (Functional House Hold Tap Connection)¿ in different mouzas for Augmentation of Chiltore and its adjoining Mouzas Water Supply Scheme under Jal Jeevan Mission under Khatra Sub-Division of Bankura Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000315/2023-2024</t>
+  </si>
+  <si>
+    <t>1924/BQA</t>
+  </si>
+  <si>
+    <t>13/07/2023</t>
+  </si>
+  <si>
+    <t>08/04/2024</t>
+  </si>
+  <si>
+    <t>SUBHADIP KOLEY</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -672,51 +690,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W12"/>
+  <dimension ref="A1:W13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="65.983887" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -851,309 +869,309 @@
         <v>1</v>
       </c>
       <c r="Q3" s="4">
         <v>0</v>
       </c>
       <c r="R3" s="4">
         <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="13" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="I4" s="13" t="s">
         <v>29</v>
       </c>
-      <c r="J4" s="13" t="s">
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="L4" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="L4" s="4" t="s">
+      <c r="M4" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="M4" s="4" t="s">
+      <c r="N4" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="O4" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="N4" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P4" s="4">
-        <v>62.99</v>
+        <v>1.85</v>
       </c>
       <c r="Q4" s="4">
-        <v>54.24</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>86.11</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="I5" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J5" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="I5" s="13"/>
-[...1 lines deleted...]
-      <c r="K5" s="4" t="s">
+      <c r="L5" s="4" t="s">
         <v>38</v>
       </c>
-      <c r="L5" s="4" t="s">
+      <c r="M5" s="4" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P5" s="4">
-        <v>1.85</v>
+        <v>62.99</v>
       </c>
       <c r="Q5" s="4">
-        <v>0</v>
+        <v>54.24</v>
       </c>
       <c r="R5" s="4">
-        <v>0</v>
+        <v>86.11</v>
       </c>
       <c r="S5" s="4">
-        <v>0</v>
+        <v>80</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="I6" s="13" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="J6" s="13" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="P6" s="4">
         <v>15.77</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>60</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>49.61</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J8" s="13" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>21.78</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
@@ -1167,115 +1185,115 @@
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>10.26</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>66</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>20.49</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
@@ -1292,122 +1310,183 @@
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>71</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J11" s="13" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>33.03</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
-      <c r="A12" s="7" t="s">
+      <c r="A12" s="3">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H12" s="13" t="s">
         <v>76</v>
       </c>
-      <c r="B12" s="7"/>
-[...22 lines deleted...]
-      <c r="S12" s="8"/>
+      <c r="I12" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K12" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="N12" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="O12" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="P12" s="4">
+        <v>104.26</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>91.65</v>
+      </c>
+      <c r="R12" s="4">
+        <v>87.9</v>
+      </c>
+      <c r="S12" s="4">
+        <v>100</v>
+      </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
+    <row r="13" spans="1:23">
+      <c r="A13" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="11"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="7"/>
+      <c r="H13" s="14"/>
+      <c r="I13" s="14"/>
+      <c r="J13" s="14"/>
+      <c r="K13" s="8"/>
+      <c r="L13" s="8"/>
+      <c r="M13" s="8"/>
+      <c r="N13" s="8"/>
+      <c r="O13" s="8">
+        <v>321.04</v>
+      </c>
+      <c r="P13" s="8">
+        <v>145.89</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>45.44</v>
+      </c>
+      <c r="R13" s="8"/>
+      <c r="S13" s="8"/>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A12:N12"/>
+    <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>