--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -965,54 +965,54 @@
       <c r="I5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P5" s="4">
         <v>62.99</v>
       </c>
       <c r="Q5" s="4">
-        <v>54.24</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>86.11</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>80</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1392,88 +1392,88 @@
       <c r="I12" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="4">
         <v>104.26</v>
       </c>
       <c r="Q12" s="4">
-        <v>91.65</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>87.9</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>82</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>321.04</v>
       </c>
       <c r="P13" s="8">
-        <v>145.89</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>45.44</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>