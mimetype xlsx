--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -197,84 +197,69 @@
   <si>
     <t>QUAZI NOZRUL ISLAM</t>
   </si>
   <si>
     <t>Acceptance cum Formal work order for the work of Providing, installation of Pumping machineries with other electro-mechanical accessories for Augmentation of Phulberia piped water supply scheme under Bankura Mechanical Division, PHE Dte. Block Sarenga , Dist Bankura</t>
   </si>
   <si>
     <t>Driller-in-Charge</t>
   </si>
   <si>
     <t>ORD/000275/2024-2025</t>
   </si>
   <si>
     <t>780/BMD</t>
   </si>
   <si>
     <t>20/08/2024</t>
   </si>
   <si>
     <t>18/12/2025</t>
   </si>
   <si>
     <t>INDRAJIT MITRA</t>
   </si>
   <si>
-    <t>Sinking of 1 No. 300 mm X 200 mm X 240 m deep Tubewell by Rig boring method, Laying of HDPE pipeline, Construction of Pump House, Construction of Boundary wall at Tubewell site and Sinking of 1 No. 200 mm dia x 5.5 mtr. depth horizontal river bed tube well using MS "T " and Laying, Fitting &amp; fixing 100 mm M.S. delivery main connecting line from river bed tube well to CWR in connection with Augmentation of Piped Water Supply Scheme for Phulberia &amp; Its Adjoining Mouzas under Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, P.H.E. Dte.</t>
-[...11 lines deleted...]
-    <t>02/01/2026</t>
+    <t>Repairing and painting of Over Head Reservoir (Capacity 250 Cum., staging height 20 Mtr.) including by pass arrangement, construction of panel room, construction of boundary wall (Intake and OHR site), repairing of CWR, pump house and guard room with other allied works for Augmentation of Piped Water Supply Scheme for Phulberia &amp; Its Adjoining Mouzas under Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer (Contractual)</t>
+  </si>
+  <si>
+    <t>ORD/001769/2024-2025</t>
+  </si>
+  <si>
+    <t>492/BQA</t>
+  </si>
+  <si>
+    <t>25/02/2025</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
   </si>
   <si>
     <t>TARINI CHARAN UPADHYAY</t>
-  </si>
-[...16 lines deleted...]
-    <t>01/01/2026</t>
   </si>
   <si>
     <t>Acceptance cum Formal work order for the work of Providing, installation of Pumping machineries with other electro-mechanical accessories for Augmentation of piped water supply scheme at Sarenga block, Phulberia , Gargaria water supply scheme under Bankura Mechanical Division, PHE Dte Dist: Bankura</t>
   </si>
   <si>
     <t>ORD/000416/2025-2026</t>
   </si>
   <si>
     <t>2023/BMD</t>
   </si>
   <si>
     <t>12/09/2025</t>
   </si>
   <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>M/S P.P ELECTRICALS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
@@ -681,51 +666,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W12"/>
+  <dimension ref="A1:W11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="65.983887" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1175,244 +1160,183 @@
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P9" s="4">
-        <v>68.26</v>
+        <v>33.69</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>68</v>
+        <v>48</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="P10" s="4">
-        <v>33.69</v>
+        <v>57.8</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
-      <c r="A11" s="3">
-[...27 lines deleted...]
-      <c r="K11" s="4" t="s">
+      <c r="A11" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="L11" s="4" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="14"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="8"/>
+      <c r="L11" s="8"/>
+      <c r="M11" s="8"/>
+      <c r="N11" s="8"/>
+      <c r="O11" s="8">
+        <v>326.14</v>
+      </c>
+      <c r="P11" s="8">
+        <v>48.49</v>
+      </c>
+      <c r="Q11" s="8">
+        <v>14.87</v>
+      </c>
+      <c r="R11" s="8"/>
+      <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
-    <row r="12" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A12:N12"/>
+    <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>