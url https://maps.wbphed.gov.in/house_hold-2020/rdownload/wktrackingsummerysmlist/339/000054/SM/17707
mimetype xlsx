--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -998,54 +998,54 @@
       <c r="I6" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="4">
         <v>92.98</v>
       </c>
       <c r="Q6" s="4">
-        <v>48.49</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>52.15</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>81</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1276,54 +1276,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>74</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>326.14</v>
       </c>
       <c r="P11" s="8">
-        <v>48.49</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>14.87</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>