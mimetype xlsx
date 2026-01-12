--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -243,50 +243,62 @@
     <t>ORD/001037/2023-2024</t>
   </si>
   <si>
     <t>2969/BMD</t>
   </si>
   <si>
     <t>29/02/2024</t>
   </si>
   <si>
     <t>23/02/2026</t>
   </si>
   <si>
     <t>M/S S.G. ENTERPRISE</t>
   </si>
   <si>
     <t>Creation of Balance 'FHTC (Functional House Hold Tap Connection' in connection with Jal Jeevan Mission (JJM) for Augmentation of BARJORA Water Supply Scheme (Left out mouzas of Barjora Block under B.R.G.F Phase -I) within Barjora Block under Bankura Sadar Sub-Division of Bankura Division, PHE Dte. (Zone-IV) Block - Barjora, Name of OHR - BARJORA Water Supply Scheme (Left out mouzas of Barjora Block under B.R.G.F Phase -I) (Zone - IV), No. of Mouza :- 06 nos., Name of mouza:- (Sahorjora, Dejuri, Asuria Madhabpur, Namobandh Sitarampur, Muktatore, Deucha), No. of Household- 200 nos</t>
   </si>
   <si>
     <t>ORD/000814/2022-2023</t>
   </si>
   <si>
     <t>716/BQA</t>
   </si>
   <si>
     <t>MOHAN KUMAR ROY</t>
+  </si>
+  <si>
+    <t>100 mm dia &amp; 150 mm dia MS delivery main connecting line from 2 (two) nos Vertical Tube Well to CWR &amp; CWR to OHR Inlet pipe ,1 (one) nos Vertical Tube Well to Distribution pipe in connection with Jal Jeevan Mission (JJM) for Augmentation of BARJORA Water Supply Scheme (Left out mouzas of Barjora Block under B.R.G.F Phase -I) within Barjora Block under Bankura Sadar Sub-Division of Bankura Division, PHE Dte. (Zone-IV)</t>
+  </si>
+  <si>
+    <t>ORD/000815/2022-2023</t>
+  </si>
+  <si>
+    <t>717/BQA</t>
+  </si>
+  <si>
+    <t>SANDHYA DEY</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -675,51 +687,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W13"/>
+  <dimension ref="A1:W14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="65.983887" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1385,87 +1397,148 @@
       </c>
       <c r="N12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P12" s="4">
         <v>43.66</v>
       </c>
       <c r="Q12" s="4">
         <v>18.04</v>
       </c>
       <c r="R12" s="4">
         <v>41.31</v>
       </c>
       <c r="S12" s="4">
         <v>90</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="7" t="s">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H13" s="13" t="s">
         <v>77</v>
       </c>
-      <c r="B13" s="7"/>
-[...22 lines deleted...]
-      <c r="S13" s="8"/>
+      <c r="I13" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="P13" s="4">
+        <v>4.95</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>0</v>
+      </c>
+      <c r="R13" s="4">
+        <v>0</v>
+      </c>
+      <c r="S13" s="4">
+        <v>22</v>
+      </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="B14" s="7"/>
+      <c r="C14" s="7"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="11"/>
+      <c r="F14" s="7"/>
+      <c r="G14" s="7"/>
+      <c r="H14" s="14"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="14"/>
+      <c r="K14" s="8"/>
+      <c r="L14" s="8"/>
+      <c r="M14" s="8"/>
+      <c r="N14" s="8"/>
+      <c r="O14" s="8">
+        <v>275.35</v>
+      </c>
+      <c r="P14" s="8">
+        <v>111.99</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>40.67</v>
+      </c>
+      <c r="R14" s="8"/>
+      <c r="S14" s="8"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A13:N13"/>
+    <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>