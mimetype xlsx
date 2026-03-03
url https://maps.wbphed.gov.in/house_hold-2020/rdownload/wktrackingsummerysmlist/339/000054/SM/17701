--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -850,54 +850,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>31.43</v>
       </c>
       <c r="Q3" s="4">
-        <v>31.43</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1023,54 +1023,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="4">
         <v>12.95</v>
       </c>
       <c r="Q6" s="4">
-        <v>8.34</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>64.41</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>90</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1084,54 +1084,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>81.8</v>
       </c>
       <c r="Q7" s="4">
-        <v>54.19</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>66.24</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>55</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1383,54 +1383,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P12" s="4">
         <v>43.66</v>
       </c>
       <c r="Q12" s="4">
-        <v>18.04</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>41.31</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>90</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1478,54 +1478,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>81</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>275.35</v>
       </c>
       <c r="P14" s="8">
-        <v>111.99</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>40.67</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>