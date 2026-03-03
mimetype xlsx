--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -886,54 +886,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>66.3</v>
       </c>
       <c r="Q3" s="4">
-        <v>41.31</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>62.31</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1002,54 +1002,54 @@
       <c r="I5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>70.19</v>
       </c>
       <c r="Q5" s="4">
-        <v>48.69</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>69.37</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>65</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1063,54 +1063,54 @@
       <c r="I6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P6" s="4">
         <v>26.71</v>
       </c>
       <c r="Q6" s="4">
-        <v>22.72</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>85.04</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>35</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1122,54 +1122,54 @@
         <v>50</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>3.9</v>
       </c>
       <c r="Q7" s="4">
-        <v>3.86</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>98.88</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>95</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1297,54 +1297,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>279.75</v>
       </c>
       <c r="Q10" s="4">
-        <v>83.43</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>29.82</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>82</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1573,54 +1573,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>93</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>661.73</v>
       </c>
       <c r="P15" s="8">
-        <v>200.01</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>30.22</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>