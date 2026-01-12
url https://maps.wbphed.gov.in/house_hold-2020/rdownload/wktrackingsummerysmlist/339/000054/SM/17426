--- v0 (2025-12-17)
+++ v1 (2026-01-12)
@@ -158,51 +158,51 @@
   <si>
     <t>Submission of Quotation for new service connection at Mouza Phulboni of Chakuparsole Zone-B ws scheme.SM/17426</t>
   </si>
   <si>
     <t>BILL/00539/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-208</t>
   </si>
   <si>
     <t>Bankura Division</t>
   </si>
   <si>
     <t>SUPPLY, DELIVERY, CONSTRUCTION, COMMISSIONING AND COMPLETION OF ALL CIVIL WORKS INCLUDING ALL ALLIED, RELATED AND ENABLING WORKS FOR AUGMENTATION OF CHAKUPARSOLE ZONE-B PIPED WATER SUPPLY SCHEME, BLOCK- BISHNUPUR, DIST- BANKURA UNDER JJM UNDER BANKURA DIVISION, PHE DTE.</t>
   </si>
   <si>
     <t>ORD/000499/2023-2024</t>
   </si>
   <si>
     <t>2349/BQA</t>
   </si>
   <si>
     <t>14/08/2023</t>
   </si>
   <si>
-    <t>10/05/2024</t>
+    <t>02/04/2025</t>
   </si>
   <si>
     <t>I.R.CONSTRUCTION</t>
   </si>
   <si>
     <t>Construction of Boundary Wall and Pump House for Augmentation of Chakuparsole (Zone-B) Piped Water Supply Scheme.</t>
   </si>
   <si>
     <t>ORD/001353/2024-2025</t>
   </si>
   <si>
     <t>3170/BQA</t>
   </si>
   <si>
     <t>24/12/2024</t>
   </si>
   <si>
     <t>23/06/2025</t>
   </si>
   <si>
     <t>TAPAS KUMAR NANDI</t>
   </si>
   <si>
     <t>Additional sinking of 1 no 300mm X 200mm X 165m deep Tubewell by Rig boring system method including interconnection with 100 mm dia. G.I. Pipe Augmentation of Chakuparsole Zone-B of Bishnupur Block ( JJM ) under Bishnupur Sub-Division of Bankura Division P.H.E Dte. (SM/17426)</t>
   </si>
@@ -1044,51 +1044,51 @@
       <c r="K7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P7" s="4">
         <v>177.27</v>
       </c>
       <c r="Q7" s="4">
         <v>60.48</v>
       </c>
       <c r="R7" s="4">
         <v>34.12</v>
       </c>
       <c r="S7" s="4">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>