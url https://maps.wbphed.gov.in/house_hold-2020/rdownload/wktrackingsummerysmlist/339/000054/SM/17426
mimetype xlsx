--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1038,54 +1038,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P7" s="4">
         <v>177.27</v>
       </c>
       <c r="Q7" s="4">
-        <v>60.48</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>34.12</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>70</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1199,51 +1199,53 @@
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J10" s="13"/>
+      <c r="J10" s="13" t="s">
+        <v>27</v>
+      </c>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P10" s="4">
         <v>14.05</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
@@ -1253,54 +1255,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>296.87</v>
       </c>
       <c r="P11" s="8">
-        <v>60.48</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>20.37</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>