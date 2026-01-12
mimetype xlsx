--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -152,78 +152,60 @@
   <si>
     <t>Work Order for Extension of UPVC pipeline at Debedia village under Augmentation works for Naria (Zone- E) under Khatra-Hirbandh-Ranibandh Water Supply Scheme (BRGF Ph - I) under Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, P.H.E. Dte. (Part-A)</t>
   </si>
   <si>
     <t>ORD/000452/2023-2024</t>
   </si>
   <si>
     <t>260/KSD</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000166/2023-2024</t>
   </si>
   <si>
     <t>116/BQA</t>
   </si>
   <si>
     <t>10/01/2024</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
-    <t>Laying HDPE pipeline from Dighi to Dhajamanipur and at Brahmadanga village to increase pressure at Dhajamanipur and Brahmadanga village in connection with Augmentation of Naria (Zone-E) Water Supply Scheme (BRGF Ph-I) under Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, P.H.E. Dte.</t>
+    <t>Bankura Mechanical</t>
+  </si>
+  <si>
+    <t>Acceptance cum Formal work order for the work of Providing and installation of Neutralization System, Flowmeter, Motorized Sulice valve with related allied works at Naria (Zone E) under Khatra Hirbandh Ranibandh Water Supply Scheme under BMD PHE Dte. Dist Bankura.</t>
+  </si>
+  <si>
+    <t>Driller-in-Charge</t>
   </si>
   <si>
     <t>Junior Engineer</t>
-  </si>
-[...22 lines deleted...]
-    <t>Driller-in-Charge</t>
   </si>
   <si>
     <t>ORD/000056/2025-2026</t>
   </si>
   <si>
     <t>252/BMD</t>
   </si>
   <si>
     <t>14/05/2025</t>
   </si>
   <si>
     <t>12/08/2025</t>
   </si>
   <si>
     <t>WEST BENGAL ENGINEERING CO.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -627,51 +609,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W9"/>
+  <dimension ref="A1:W8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -985,201 +967,140 @@
         <v>2.59</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I7" s="13" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="K7" s="4" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="P7" s="4">
-        <v>7.44</v>
+        <v>28.18</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
-      <c r="A8" s="3">
-[...21 lines deleted...]
-      <c r="I8" s="13" t="s">
+      <c r="A8" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="J8" s="13" t="s">
-[...28 lines deleted...]
-      </c>
+      <c r="B8" s="7"/>
+      <c r="C8" s="7"/>
+      <c r="D8" s="7"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="7"/>
+      <c r="G8" s="7"/>
+      <c r="H8" s="14"/>
+      <c r="I8" s="14"/>
+      <c r="J8" s="14"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8">
+        <v>104.86</v>
+      </c>
+      <c r="P8" s="8">
+        <v>74.06</v>
+      </c>
+      <c r="Q8" s="8">
+        <v>70.62</v>
+      </c>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
-    <row r="9" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A9:N9"/>
+    <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>