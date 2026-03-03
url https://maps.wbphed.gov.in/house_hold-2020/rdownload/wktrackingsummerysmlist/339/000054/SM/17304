--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -770,54 +770,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>72.75</v>
       </c>
       <c r="Q3" s="4">
-        <v>72.72</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>55</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -829,54 +829,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>0.6</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.5</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>25</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -888,54 +888,54 @@
         <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P5" s="4">
         <v>0.74</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.74</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.38</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>25</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1040,54 +1040,54 @@
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>55</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>104.86</v>
       </c>
       <c r="P8" s="8">
-        <v>74.06</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>70.62</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>