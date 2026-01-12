--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -330,68 +330,50 @@
     <t>02/07/2025</t>
   </si>
   <si>
     <t>PRINCE INDUTRIES (INDIA)</t>
   </si>
   <si>
     <t>Acceptance cum Formal work order for the work of Providing, installation of Pumping machineries with other electro-mechanical accessories for Augmentation works for Kuldiha &amp; its adjoining mouzas under Sarenga water supply scheme (BRGF Ph-I) under Jal Jeevan Mission Programme under Bankura Mechanical Division, PHE Dte, Dist: Bankura</t>
   </si>
   <si>
     <t>Assistant Engineer,Driller-in-Charge</t>
   </si>
   <si>
     <t>ORD/000568/2023-2024</t>
   </si>
   <si>
     <t>2034/BMD</t>
   </si>
   <si>
     <t>01/09/2023</t>
   </si>
   <si>
     <t>30/06/2025</t>
   </si>
   <si>
     <t>A.K.INDUSTRIES</t>
-  </si>
-[...16 lines deleted...]
-    <t>AJIT KUMAR PAUL</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -780,51 +762,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W20"/>
+  <dimension ref="A1:W19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="65.983887" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1834,148 +1816,87 @@
       </c>
       <c r="N18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P18" s="4">
         <v>72.58</v>
       </c>
       <c r="Q18" s="4">
         <v>54</v>
       </c>
       <c r="R18" s="4">
         <v>74.4</v>
       </c>
       <c r="S18" s="4">
         <v>66</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
-      <c r="A19" s="3">
-[...18 lines deleted...]
-      <c r="H19" s="13" t="s">
+      <c r="A19" s="7" t="s">
         <v>106</v>
       </c>
-      <c r="I19" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B19" s="7"/>
+      <c r="C19" s="7"/>
+      <c r="D19" s="7"/>
+      <c r="E19" s="11"/>
+      <c r="F19" s="7"/>
+      <c r="G19" s="7"/>
+      <c r="H19" s="14"/>
+      <c r="I19" s="14"/>
+      <c r="J19" s="14"/>
+      <c r="K19" s="8"/>
+      <c r="L19" s="8"/>
+      <c r="M19" s="8"/>
+      <c r="N19" s="8"/>
+      <c r="O19" s="8">
+        <v>851.89</v>
+      </c>
+      <c r="P19" s="8">
+        <v>578.4</v>
+      </c>
+      <c r="Q19" s="8">
+        <v>67.9</v>
+      </c>
+      <c r="R19" s="8"/>
+      <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
-    <row r="20" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A20:N20"/>
+    <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>