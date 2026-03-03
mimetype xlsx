--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1098,54 +1098,54 @@
       <c r="I6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>19.59</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.57</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>23.33</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>65</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1159,54 +1159,54 @@
       <c r="I7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>41.85</v>
       </c>
       <c r="Q7" s="4">
-        <v>36.21</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>86.51</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>70</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1220,54 +1220,54 @@
       <c r="I8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>4.02</v>
       </c>
       <c r="Q8" s="4">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.46</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>50</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1279,54 +1279,54 @@
         <v>62</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>4.45</v>
       </c>
       <c r="Q9" s="4">
-        <v>4.45</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>96</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1338,54 +1338,54 @@
         <v>67</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>50.34</v>
       </c>
       <c r="Q10" s="4">
-        <v>46.56</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>92.48</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>98</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1741,54 +1741,54 @@
       <c r="I17" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P17" s="4">
         <v>566.03</v>
       </c>
       <c r="Q17" s="4">
-        <v>428.61</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>75.72</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>82</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1802,88 +1802,88 @@
       <c r="I18" s="13" t="s">
         <v>100</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P18" s="4">
         <v>72.58</v>
       </c>
       <c r="Q18" s="4">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>74.4</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>66</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>106</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>851.89</v>
       </c>
       <c r="P19" s="8">
-        <v>578.4</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>67.9</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>