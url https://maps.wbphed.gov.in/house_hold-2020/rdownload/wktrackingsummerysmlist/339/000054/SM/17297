--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -92,72 +92,75 @@
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
     <t>BANKURA</t>
   </si>
   <si>
     <t>Bankura Mechanical</t>
   </si>
   <si>
     <t>Augmentation Works for Dhanara and its Adjoining mouza Water Supply Scheme under Jal Jeevan Mission Programme.</t>
   </si>
   <si>
     <t>SM/17297</t>
   </si>
   <si>
     <t>Augmentation</t>
   </si>
   <si>
     <t>Acceptance cum Formal work order for the work of Providing and installation of pumping machineries and other electro mechanical accessories for Augmentation of Dhanara and its adjoining mouzas water supply scheme under Jal Jeeven mission Progremme under Bankura Mechanical Division, P.H.E. Dte</t>
   </si>
   <si>
+    <t>Assistant Engineer,Driller-in-Charge</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000989/2023-2024</t>
+  </si>
+  <si>
+    <t>2849/BMD</t>
+  </si>
+  <si>
+    <t>09/02/2024</t>
+  </si>
+  <si>
+    <t>07/08/2024</t>
+  </si>
+  <si>
+    <t>DEY ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Acceptance cum Formal work order for the work of Providing and installation of Submersible pumping machineries and other electromechanical accessories for Augmentation works at T/W No-II at Katalda Pump house under Dhanara Water supply scheme and its Adjoing moujazs water supply scheme under Jal Jeevan Mission progremme,Under Raipur Block under Bankura Mechanical Division PHE Dte, Dist :Bankura.</t>
+  </si>
+  <si>
     <t>Assistant Engineer</t>
-  </si>
-[...19 lines deleted...]
-    <t>Acceptance cum Formal work order for the work of Providing and installation of Submersible pumping machineries and other electromechanical accessories for Augmentation works at T/W No-II at Katalda Pump house under Dhanara Water supply scheme and its Adjoing moujazs water supply scheme under Jal Jeevan Mission progremme,Under Raipur Block under Bankura Mechanical Division PHE Dte, Dist :Bankura.</t>
   </si>
   <si>
     <t>ORD/000262/2024-2025</t>
   </si>
   <si>
     <t>517/BMD</t>
   </si>
   <si>
     <t>09/07/2024</t>
   </si>
   <si>
     <t>06/11/2024</t>
   </si>
   <si>
     <t>R.K. ENTERPRISE</t>
   </si>
   <si>
     <t>Bankura Division</t>
   </si>
   <si>
     <t>Support service for detail surveying, cross checking of abailable LOP and taking level at the interval of 50 mtr. by using Survey Instrument like DGPS / Drone and detailed design of pipe line by using Watergems Software on the basis of population density for Augmentation Works for Dhanara and its Adjoining mouza Water Supply Scheme under Jal Jeevan Mission Programme under Khatra Sub Division of Bankura Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000836/2023-2024</t>
   </si>
@@ -893,582 +896,582 @@
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>7.09</v>
       </c>
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I5" s="13" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>2.4</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.34</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>97.69</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>97</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>3.7</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>2.58</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P8" s="4">
         <v>1.3</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>257.41</v>
       </c>
       <c r="Q9" s="4">
-        <v>29.81</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>11.58</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>23</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P10" s="4">
         <v>47.76</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I11" s="13" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P11" s="4">
         <v>51.93</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I12" s="13" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="L12" s="4" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P12" s="4">
         <v>23.88</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>542.49</v>
       </c>
       <c r="P13" s="8">
-        <v>32.15</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>5.93</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>