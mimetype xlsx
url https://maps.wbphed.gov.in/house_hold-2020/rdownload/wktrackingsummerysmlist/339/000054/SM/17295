--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -186,68 +186,50 @@
     <t>02/04/2025</t>
   </si>
   <si>
     <t>PARAMESWAR CHOWDHURY</t>
   </si>
   <si>
     <t>Acceptance cum Formal work order for the work of Providing and installation of pumping machineries and other electro mechanical accessories for Augmentation for Boricha Zone-A and its adjoining mouzas under Simlapal water supply scheme (BRGF Ph-I) under Jal Jeevan Mission progremme under Bankura Mechanical Division PHE Dte, Dist :Bankura.</t>
   </si>
   <si>
     <t>Assistant Engineer,Driller-in-Charge</t>
   </si>
   <si>
     <t>ORD/000572/2023-2024</t>
   </si>
   <si>
     <t>2028/BMD</t>
   </si>
   <si>
     <t>01/09/2023</t>
   </si>
   <si>
     <t>30/12/2023</t>
   </si>
   <si>
     <t>S.P. CONSTRUCTION</t>
-  </si>
-[...16 lines deleted...]
-    <t>UTTAM KUMAR SINHAMAHAPATRA</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -636,73 +618,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W9"/>
+  <dimension ref="A1:W8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="31.706543" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
@@ -1051,146 +1033,87 @@
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P7" s="4">
         <v>96.37</v>
       </c>
       <c r="Q7" s="4">
         <v>78.56</v>
       </c>
       <c r="R7" s="4">
         <v>81.51</v>
       </c>
       <c r="S7" s="4">
         <v>80</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
-      <c r="A8" s="3">
-[...18 lines deleted...]
-      <c r="H8" s="13" t="s">
+      <c r="A8" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="I8" s="13" t="s">
-[...29 lines deleted...]
-      </c>
+      <c r="B8" s="7"/>
+      <c r="C8" s="7"/>
+      <c r="D8" s="7"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="7"/>
+      <c r="G8" s="7"/>
+      <c r="H8" s="14"/>
+      <c r="I8" s="14"/>
+      <c r="J8" s="14"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8">
+        <v>305.32</v>
+      </c>
+      <c r="P8" s="8">
+        <v>127.66</v>
+      </c>
+      <c r="Q8" s="8">
+        <v>41.81</v>
+      </c>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
-    <row r="9" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A9:N9"/>
+    <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>