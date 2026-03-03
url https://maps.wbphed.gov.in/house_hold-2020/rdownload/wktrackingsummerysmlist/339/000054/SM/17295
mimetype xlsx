--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -840,54 +840,54 @@
         <v>34</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>3.28</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.21</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>97.77</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>97</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -958,54 +958,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>197.38</v>
       </c>
       <c r="Q6" s="4">
-        <v>45.89</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>23.25</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>27</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1019,88 +1019,88 @@
       <c r="I7" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P7" s="4">
         <v>96.37</v>
       </c>
       <c r="Q7" s="4">
-        <v>78.56</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>81.51</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>80</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>58</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>305.32</v>
       </c>
       <c r="P8" s="8">
-        <v>127.66</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>41.81</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>