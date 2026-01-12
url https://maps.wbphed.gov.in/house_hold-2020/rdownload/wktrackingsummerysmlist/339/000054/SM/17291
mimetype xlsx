--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -170,66 +170,66 @@
   <si>
     <t>BP-2024-25-233</t>
   </si>
   <si>
     <t>27/09/2024</t>
   </si>
   <si>
     <t>Retrofitting works for creation of Balance 'FHTC (Functional House Hold Tap Connection') &amp; paralal pipe line of existing 'FHTC in connection with Jal Jeevan Mission (JJM) for Augmentation works for Bikna &amp; its adjoining mouzas Water Supply Scheme under Bankura Sadar Sub - Division of Bankura Division, PHE Dte. Block - Bankura -II, Name of OHR - Bikna Water Supply Scheme, No. of Mouza :-03 nos. Name of mouza:- Bikna (235), Kuraria (254), Katnar (255), No. of Household- 340 nos.</t>
   </si>
   <si>
     <t>ORD/000816/2022-2023</t>
   </si>
   <si>
     <t>718/BQA</t>
   </si>
   <si>
     <t>30/03/2023</t>
   </si>
   <si>
     <t>01/07/2025</t>
   </si>
   <si>
     <t>JAGADISH BANERJEE</t>
   </si>
   <si>
-    <t>Construction of High Lift Pump House, Office cum Operators' Room with Toilet, Boundary Wall at Bikna OHR Site under Augmentation Water Supply Scheme</t>
-[...14 lines deleted...]
-    <t>SHYAMAL KUMAR DAS</t>
+    <t>Creation of Platfrom of Existing 'FHTC (Functional House Hold Tap Connection' in connection with Jal Jeevan Mission (JJM) for Augmentation works for Bikna &amp; its adjoining mouzas Water Supply Scheme under Bankura Sadar Sub - Division of Bankura Division, PHE Dte. Block - Bankura -II, Name of OHR - Bikna Water Supply Scheme, No. of Mouza :- 03 nos.Name of mouza:- Bikna (235), Kuraria (254), Katnar (255), No. of Household- 1363 nos.</t>
+  </si>
+  <si>
+    <t>ORD/000041/2023-2024</t>
+  </si>
+  <si>
+    <t>872/BQA</t>
+  </si>
+  <si>
+    <t>18/04/2023</t>
+  </si>
+  <si>
+    <t>13/10/2025</t>
+  </si>
+  <si>
+    <t>GON ASSOCIATES</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1069,91 +1069,91 @@
       <c r="H8" s="13" t="s">
         <v>52</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
-        <v>52.47</v>
+        <v>25.37</v>
       </c>
       <c r="Q8" s="4">
-        <v>11.35</v>
+        <v>19.06</v>
       </c>
       <c r="R8" s="4">
-        <v>21.64</v>
+        <v>75.13</v>
       </c>
       <c r="S8" s="4">
-        <v>25</v>
+        <v>76</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>58</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
-        <v>172.03</v>
+        <v>144.93</v>
       </c>
       <c r="P9" s="8">
-        <v>77.4</v>
+        <v>85.11</v>
       </c>
       <c r="Q9" s="8">
-        <v>44.99</v>
+        <v>58.72</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>