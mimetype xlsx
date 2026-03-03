--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -893,54 +893,54 @@
       <c r="I5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P5" s="4">
         <v>63.49</v>
       </c>
       <c r="Q5" s="4">
-        <v>47.01</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>74.04</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>67</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1011,54 +1011,54 @@
       <c r="I7" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>40.96</v>
       </c>
       <c r="Q7" s="4">
-        <v>19.04</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>46.5</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>51</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1072,88 +1072,88 @@
       <c r="I8" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>25.37</v>
       </c>
       <c r="Q8" s="4">
-        <v>19.06</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>75.13</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>76</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>58</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>144.93</v>
       </c>
       <c r="P9" s="8">
-        <v>85.11</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>58.72</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>