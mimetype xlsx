--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -233,51 +233,51 @@
   <si>
     <t>489/BMD</t>
   </si>
   <si>
     <t>09/07/2024</t>
   </si>
   <si>
     <t>04/07/2025</t>
   </si>
   <si>
     <t>PRADIP KUMAR DHABAL</t>
   </si>
   <si>
     <t>Acceptance cum Formal work order for the work of Providing and installation of Gaseous Chlorination System for Augmentation of Dubrajpur Zone-B water supply scheme under Dubrajpur water supply scheme (BRGF Ph-I) under Jal Jeevan Mission progremme under Bankura Mechanical Division PHE Dte, Dist Bankura.</t>
   </si>
   <si>
     <t>ORD/000266/2024-2025</t>
   </si>
   <si>
     <t>774/BMD</t>
   </si>
   <si>
     <t>20/08/2024</t>
   </si>
   <si>
-    <t>18/12/2024</t>
+    <t>29/03/2026</t>
   </si>
   <si>
     <t>GOENKA ENTERPRISE</t>
   </si>
   <si>
     <t>Laying of HDPE pipeline, Sinking of 1 No. 300 mm X 200 mm X 250 Metre deep Tubewell by Rig boring method including interconnection with 100 mm dia. G.I. Pipe, Construction of Valve Chamber, Construction of Boundary wall at Tubewell site, Construction of Pump House for Augmentation of Water Supply Scheme for Dubrajpur, Zone-B and its adjoining Mouzas under Simlapal Water Supply Scheme (BRGF Ph-I) under Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000061/2024-2025</t>
   </si>
   <si>
     <t>1486/BQA</t>
   </si>
   <si>
     <t>18/06/2024</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>SUBHENDU SEKHAR GORAI</t>
   </si>
   <si>
     <t>Sinking of 3 Nos. 300 mm X 200 mm X 240 m deep Tubewell (Replacement Tubewell) by Rig boring method including interconnection with 100 mm dia. G.I. Pipe and Repairing and painting of Over Head Reservoir (Capacity 700 Cum., staging height 20 Mtr.), Pump House, Operator Room, Chlorination Room, Guard Room and Boundary Wall with all allied works of Augmentation works for Dubrajpur, Zone-B water Supply Scheme under Simlapal water Supply Scheme (BRGF Ph-I) under Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, P.H.E. Dte.</t>
   </si>
@@ -1403,51 +1403,53 @@
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>81</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J12" s="13"/>
+      <c r="J12" s="13" t="s">
+        <v>43</v>
+      </c>
       <c r="K12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P12" s="4">
         <v>78.15</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">