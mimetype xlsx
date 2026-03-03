--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -884,54 +884,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>4.5</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.44</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>98.63</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>95</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1059,54 +1059,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>237.05</v>
       </c>
       <c r="Q6" s="4">
-        <v>37.92</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>30</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1120,54 +1120,54 @@
       <c r="I7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>127.79</v>
       </c>
       <c r="Q7" s="4">
-        <v>19.91</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>15.58</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>85</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1181,54 +1181,54 @@
       <c r="I8" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
         <v>71.68</v>
       </c>
       <c r="Q8" s="4">
-        <v>47.77</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>66.65</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>66</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1486,88 +1486,88 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P13" s="4">
         <v>66.27</v>
       </c>
       <c r="Q13" s="4">
-        <v>60.47</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>91.25</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>65</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>93</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>763.05</v>
       </c>
       <c r="P14" s="8">
-        <v>170.52</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>22.35</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>