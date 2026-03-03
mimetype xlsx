--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -968,54 +968,54 @@
       <c r="I5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P5" s="4">
         <v>210.96</v>
       </c>
       <c r="Q5" s="4">
-        <v>96.5</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>45.74</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>50</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1029,54 +1029,54 @@
       <c r="I6" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>81.78</v>
       </c>
       <c r="Q6" s="4">
-        <v>50.13</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>61.3</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>62</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1151,54 +1151,54 @@
       <c r="I8" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>0.96</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1212,54 +1212,54 @@
       <c r="I9" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P9" s="4">
         <v>0.8</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1273,54 +1273,54 @@
       <c r="I10" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P10" s="4">
         <v>0.96</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1334,54 +1334,54 @@
       <c r="I11" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P11" s="4">
         <v>0.97</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1545,54 +1545,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>83</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>408</v>
       </c>
       <c r="P15" s="8">
-        <v>150.32</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>36.84</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>