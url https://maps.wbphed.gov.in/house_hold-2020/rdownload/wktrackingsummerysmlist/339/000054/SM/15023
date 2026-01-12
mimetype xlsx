--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -80,126 +80,108 @@
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
     <t>BANKURA</t>
   </si>
   <si>
     <t>Patrasayer</t>
   </si>
   <si>
+    <t>Bankura Division</t>
+  </si>
+  <si>
+    <t>Dhagaria Piped Water Supply Scheme</t>
+  </si>
+  <si>
+    <t>SM/15023</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000034/2023-2024</t>
+  </si>
+  <si>
+    <t>1120/BQA</t>
+  </si>
+  <si>
+    <t>12/05/2023</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000010/2024-2025</t>
+  </si>
+  <si>
+    <t>2011/BQA</t>
+  </si>
+  <si>
+    <t>26/07/2024</t>
+  </si>
+  <si>
     <t>Bankura Mechanical</t>
   </si>
   <si>
-    <t>Dhagaria Piped Water Supply Scheme</t>
-[...8 lines deleted...]
-    <t>Acceptance cum Formal work order for the work of Providing, installation of Pumping machineries with other electro-mechanical accessories for newly sunk TW No-I, TW No-II of Dhagaria Piped water supply scheme under Bankura Mechanical Division, PHE Dte. Block : Patrashayar , Dist: Bankura.</t>
+    <t>BILL/01670/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-182</t>
+  </si>
+  <si>
+    <t>22/03/2024</t>
+  </si>
+  <si>
+    <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LTD.</t>
+  </si>
+  <si>
+    <t>SUPPLY, DELIVERY, CONSTRUCTION, COMMISSIONING AND COMPLETION OF ALL CIVIL WORKS INCLUDING ALL ALLIED, RELATED AND ENABLING WORKS FOR DHAGARIA PIPED WATER SUPPLY SCHEME, BLOCK- PATRASAYER, DIST- BANKURA UNDER JJM INCLUDING TRIAL RUN FOR 3 MONTHS AND O&amp;M FOR A PERIOD OF 3 YEARS UNDER BANKURA DIVISION,PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>Junior Engineer</t>
-  </si>
-[...55 lines deleted...]
-    <t>SUPPLY, DELIVERY, CONSTRUCTION, COMMISSIONING AND COMPLETION OF ALL CIVIL WORKS INCLUDING ALL ALLIED, RELATED AND ENABLING WORKS FOR DHAGARIA PIPED WATER SUPPLY SCHEME, BLOCK- PATRASAYER, DIST- BANKURA UNDER JJM INCLUDING TRIAL RUN FOR 3 MONTHS AND O&amp;M FOR A PERIOD OF 3 YEARS UNDER BANKURA DIVISION,PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000347/2023-2024</t>
   </si>
   <si>
     <t>1971/BQA</t>
   </si>
   <si>
     <t>18/07/2023</t>
   </si>
   <si>
     <t>02/10/2025</t>
   </si>
   <si>
     <t>BAJRANG ROAD CONSTRUCTION PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Acceptance cum Formal work order for the work of Providing and installation of Electromagnetic flowmeter with motorized Sluice Valve for respective OHR for at Dhagaria Piped Water Supply Scheme under BMD PHE Dte Dist-Bankura.</t>
   </si>
   <si>
     <t>ORD/000035/2025-2026</t>
   </si>
   <si>
     <t>240/BMD</t>
   </si>
@@ -621,51 +603,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W9"/>
+  <dimension ref="A1:W8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="65.983887" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -761,429 +743,366 @@
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H3" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="I3" s="13" t="s">
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="J3" s="13" t="s">
+      <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="K3" s="4" t="s">
+      <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="L3" s="4" t="s">
+      <c r="N3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="O3" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="M3" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P3" s="4">
-        <v>47.1</v>
+        <v>26.98</v>
       </c>
       <c r="Q3" s="4">
-        <v>27.72</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>58.85</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="13" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="L4" s="4" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="M4" s="4" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="N4" s="4" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="O4" s="4" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="P4" s="4">
-        <v>26.98</v>
+        <v>11.4</v>
       </c>
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="P5" s="4">
-        <v>11.4</v>
+        <v>18.51</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="J6" s="13"/>
+        <v>39</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>41</v>
+      </c>
       <c r="K6" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="L6" s="4" t="s">
+      <c r="M6" s="4" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
-        <v>18.51</v>
+        <v>534.2</v>
       </c>
       <c r="Q6" s="4">
-        <v>0</v>
+        <v>194.99</v>
       </c>
       <c r="R6" s="4">
-        <v>0</v>
+        <v>36.5</v>
       </c>
       <c r="S6" s="4">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="I7" s="13" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
-        <v>534.2</v>
+        <v>11.67</v>
       </c>
       <c r="Q7" s="4">
-        <v>194.99</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>36.5</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
-      <c r="A8" s="3">
-[...20 lines deleted...]
-      <c r="H8" s="13" t="s">
+      <c r="A8" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="I8" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B8" s="7"/>
+      <c r="C8" s="7"/>
+      <c r="D8" s="7"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="7"/>
+      <c r="G8" s="7"/>
+      <c r="H8" s="14"/>
+      <c r="I8" s="14"/>
+      <c r="J8" s="14"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8">
+        <v>602.76</v>
+      </c>
+      <c r="P8" s="8">
+        <v>194.99</v>
+      </c>
+      <c r="Q8" s="8">
+        <v>32.35</v>
+      </c>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
-    <row r="9" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A9:N9"/>
+    <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>