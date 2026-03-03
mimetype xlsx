--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -945,54 +945,54 @@
       <c r="I6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>534.2</v>
       </c>
       <c r="Q6" s="4">
-        <v>194.99</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>36.5</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>70</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1042,54 +1042,54 @@
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>53</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>602.76</v>
       </c>
       <c r="P8" s="8">
-        <v>194.99</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>32.35</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>