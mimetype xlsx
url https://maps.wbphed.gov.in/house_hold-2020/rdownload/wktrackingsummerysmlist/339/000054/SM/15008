--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -192,50 +192,68 @@
     <t>RTOR000201/2023-2024</t>
   </si>
   <si>
     <t>116/BQA</t>
   </si>
   <si>
     <t>10/01/2024</t>
   </si>
   <si>
     <t>Repairing and painting of Over Head Reservoir (Capacity 135 Cum., staging height 20 Mtr.) including by pass arrangement, guard room, boundary wall with other allied works for Augmentation of Mukutmanipur, Khatra &amp; Ranibundh Zone- II/A Water Supply Scheme under Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/001762/2024-2025</t>
   </si>
   <si>
     <t>487/BQA</t>
   </si>
   <si>
     <t>25/02/2025</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>PARTHA SARATHI PATRA</t>
+  </si>
+  <si>
+    <t>Supplying, laying, fitting, fixing and jointing of HDPE pipeline of distribution system with allied works and providing ¿FHTC (Functional House Hold Tap Connection)¿ for Mukutmanipur, Khatra &amp; Ranibundh (Zone- II/A) Water Supply Scheme under Khatra Sub-Division of Bankura Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000078/2023-2024</t>
+  </si>
+  <si>
+    <t>972/BQA</t>
+  </si>
+  <si>
+    <t>28/04/2023</t>
+  </si>
+  <si>
+    <t>02/04/2025</t>
+  </si>
+  <si>
+    <t>GOUTAM BHOWMIK</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -624,51 +642,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W9"/>
+  <dimension ref="A1:W10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="45.845947" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1096,87 +1114,148 @@
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>10.43</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
-      <c r="A9" s="7" t="s">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
         <v>60</v>
       </c>
-      <c r="B9" s="7"/>
-[...22 lines deleted...]
-      <c r="S9" s="8"/>
+      <c r="I9" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="P9" s="4">
+        <v>166.52</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>104.87</v>
+      </c>
+      <c r="R9" s="4">
+        <v>62.98</v>
+      </c>
+      <c r="S9" s="4">
+        <v>40</v>
+      </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="7"/>
+      <c r="H10" s="14"/>
+      <c r="I10" s="14"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="8"/>
+      <c r="L10" s="8"/>
+      <c r="M10" s="8"/>
+      <c r="N10" s="8"/>
+      <c r="O10" s="8">
+        <v>237.05</v>
+      </c>
+      <c r="P10" s="8">
+        <v>127.85</v>
+      </c>
+      <c r="Q10" s="8">
+        <v>53.94</v>
+      </c>
+      <c r="R10" s="8"/>
+      <c r="S10" s="8"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A9:N9"/>
+    <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>