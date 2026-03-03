--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -864,54 +864,54 @@
         <v>34</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>3.44</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.05</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>88.71</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -982,54 +982,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>20.72</v>
       </c>
       <c r="Q6" s="4">
-        <v>19.93</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>96.23</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>50</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1161,88 +1161,88 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>166.52</v>
       </c>
       <c r="Q9" s="4">
-        <v>104.87</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>62.98</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>40</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>66</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>237.05</v>
       </c>
       <c r="P10" s="8">
-        <v>127.85</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>53.94</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>