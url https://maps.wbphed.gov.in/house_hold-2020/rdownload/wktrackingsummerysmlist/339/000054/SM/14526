--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -185,51 +185,51 @@
   <si>
     <t>2025/BQA</t>
   </si>
   <si>
     <t>24/07/2023</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>MACKINTOSH BURN LIMITED</t>
   </si>
   <si>
     <t>Acceptance cum Formal work order for the work of Providing, installation of Pumping machineries with other electro-mechanical accessories for proposed ground water based Katabani piped water supply scheme under Bankura Mechanical Division, PHE Dte. Block Onda Dist Bankura.</t>
   </si>
   <si>
     <t>ORD/000528/2023-2024</t>
   </si>
   <si>
     <t>1892/BMD</t>
   </si>
   <si>
     <t>17/08/2023</t>
   </si>
   <si>
-    <t>08/04/2025</t>
+    <t>06/08/2025</t>
   </si>
   <si>
     <t>MENAKA ENTERPRISE</t>
   </si>
   <si>
     <t>Acceptance cum Formal work order for the work of Providing and installation of Electromagnetic flowmeter with motorized Sluice Valve for respective OHR for at Kantaban Piped Water Supply Scheme under BMD PHE Dte Dist-Bankura.</t>
   </si>
   <si>
     <t>ORD/000183/2025-2026</t>
   </si>
   <si>
     <t>455/BMD</t>
   </si>
   <si>
     <t>10/06/2025</t>
   </si>
   <si>
     <t>08/09/2025</t>
   </si>
   <si>
     <t>JAL PRAVAHIKA PVT LTD</t>
   </si>
   <si>
     <t>Total</t>
   </si>