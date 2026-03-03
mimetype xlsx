--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -804,54 +804,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>15.12</v>
       </c>
       <c r="Q3" s="4">
-        <v>1.08</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>7.14</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>30</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1044,54 +1044,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>11091.12</v>
       </c>
       <c r="Q7" s="4">
-        <v>321.97</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>2.9</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>6</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1107,54 +1107,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>36.9</v>
       </c>
       <c r="Q8" s="4">
-        <v>21.69</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>58.78</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>90</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1204,54 +1204,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>11220.57</v>
       </c>
       <c r="P10" s="8">
-        <v>344.73</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>3.07</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>