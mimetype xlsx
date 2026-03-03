--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -116,135 +116,138 @@
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000030/2022-2023</t>
   </si>
   <si>
     <t>79BQA</t>
   </si>
   <si>
     <t>06/01/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Bankura Mechanical</t>
   </si>
   <si>
     <t>Acceptance cum Formal work order for the work of Providing, installation of Pumping machineries with other electro-mechanical accessories for newly sunk TW No-I, TW No-II of Chakai Piped water supply scheme under Bankura Mechanical Division, PHE Dte. Block : Sonamukhi , Dist: Bankura.</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
+    <t>Junior Engineer,Junior Engineer 1</t>
+  </si>
+  <si>
+    <t>ORD/000106/2023-2024</t>
+  </si>
+  <si>
+    <t>768/BMD</t>
+  </si>
+  <si>
+    <t>24/04/2023</t>
+  </si>
+  <si>
+    <t>21/10/2023</t>
+  </si>
+  <si>
+    <t>GOENKA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>RTOR000016/2024-2025</t>
+  </si>
+  <si>
+    <t>2944/BQA</t>
+  </si>
+  <si>
+    <t>21/11/2024</t>
+  </si>
+  <si>
+    <t>Road Name: L049-Paschimdubrajpur to Sitaljore Package No: WB-03-666 Name of the Block: Sonamukhi Name of the District: Bankura Length of Road: 1.180 Km Damaged Length: 300.000 m (Due to both side cutting) SM/14245 CHAKAI PWSS</t>
+  </si>
+  <si>
+    <t>BILL/01250/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-436/2024-25</t>
+  </si>
+  <si>
+    <t>28/11/2024</t>
+  </si>
+  <si>
+    <t>EXECUTIVE ENGINEER &amp; HPIU WBSRDA BISHNUPUR DIVISION</t>
+  </si>
+  <si>
+    <t>New Service Connection for CHAKAI (JL NO-23, PLOT-177) Water supply scheme under Bankura Mechanical Division PHE DTE</t>
+  </si>
+  <si>
+    <t>BILL/00018/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-26</t>
+  </si>
+  <si>
+    <t>10/05/2024</t>
+  </si>
+  <si>
+    <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LTD.</t>
+  </si>
+  <si>
+    <t>BILL/01665/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-192</t>
+  </si>
+  <si>
+    <t>27/03/2024</t>
+  </si>
+  <si>
+    <t>Road Name: Prayagpur to 21L20 Package No: WB-03-774 Name of the Block: Sonamukhi Name of the District: Bankura Length of Road: 1.650 Km Damaged Length: 3080.000 m (Due to some portion Both Side Cutting) SM/14245 CHAKAI PWSS</t>
+  </si>
+  <si>
+    <t>BILL/01249/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-437/2024-25</t>
+  </si>
+  <si>
+    <t>Repair and Maintenance work of the Road from Palashdanga to T12 under Sonamukhi Block in the District to Bankura ,Vide Package No-WB-03-50, Road Length- 16.80 Km. Scheme code for i) chakai PWSS (ch-3000m to ch- 7100m)- SM/14245 ii) Birsinghapur pwss (ch- 9400m to 12100m)- SM/17223 iii) Dhulai PWSS (Ch-13100m to 16800m)- SM/18753</t>
+  </si>
+  <si>
+    <t>BILL/01251/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-439/2024-25</t>
+  </si>
+  <si>
+    <t>SUPPLY, DELIVERY, CONSTRUCTION, COMMISSIONING AND COMPLETION OF ALL CIVIL WORKS INCLUDING ALL ALLIED, RELATED AND ENABLING WORKS FOR CHAKAI &amp; KUBIRBANDH PIPED WATER SUPPLY SCHEME, BLOCK- SONAMUKHI, DIST- BANKURA UNDER JJM INCLUDING TRIAL RUN FOR 3 MONTHS AND O&amp;M FOR A PERIOD OF 3 YEARS UNDER BANKURA DIVISION,PHE Dte.</t>
+  </si>
+  <si>
     <t>Junior Engineer</t>
-  </si>
-[...82 lines deleted...]
-    <t>SUPPLY, DELIVERY, CONSTRUCTION, COMMISSIONING AND COMPLETION OF ALL CIVIL WORKS INCLUDING ALL ALLIED, RELATED AND ENABLING WORKS FOR CHAKAI &amp; KUBIRBANDH PIPED WATER SUPPLY SCHEME, BLOCK- SONAMUKHI, DIST- BANKURA UNDER JJM INCLUDING TRIAL RUN FOR 3 MONTHS AND O&amp;M FOR A PERIOD OF 3 YEARS UNDER BANKURA DIVISION,PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000484/2023-2024</t>
   </si>
   <si>
     <t>2336/BQA</t>
   </si>
   <si>
     <t>14/08/2023</t>
   </si>
   <si>
     <t>09/05/2026</t>
   </si>
   <si>
     <t>PRINCE INDUTRIES (INDIA)</t>
   </si>
   <si>
     <t>Balance Ancillary Work for ¿Kubirbandh¿ and ¿Chakai¿ Piped Water Supply Scheme, Sonamukhi Block, Bishnupur Sub Division under Bankura Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000422/2025-2026</t>
   </si>
   <si>
     <t>1989/BQA</t>
   </si>
@@ -890,54 +893,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>47</v>
       </c>
       <c r="Q4" s="4">
-        <v>19.47</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>41.42</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>60</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1286,172 +1289,172 @@
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>62</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J11" s="13" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="K11" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P11" s="4">
         <v>1048.51</v>
       </c>
       <c r="Q11" s="4">
-        <v>241.17</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>73</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J12" s="13" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="K12" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="L12" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P12" s="4">
         <v>130.51</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>15</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>1417.68</v>
       </c>
       <c r="P13" s="8">
-        <v>260.64</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>18.39</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>