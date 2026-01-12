--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -107,84 +107,84 @@
   <si>
     <t>Atra Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/14000</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000073/2022-2023</t>
   </si>
   <si>
     <t>79BQA</t>
   </si>
   <si>
     <t>06/01/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
+    <t>RTOR000011/2024-2025</t>
+  </si>
+  <si>
+    <t>2011/BQA</t>
+  </si>
+  <si>
+    <t>26/07/2024</t>
+  </si>
+  <si>
     <t>Bankura Mechanical</t>
   </si>
   <si>
     <t>Acceptance cum Formal work order for the work of Providing, installation of Pumping machineries with other electro-mechanical accessories for newly sunk TW No-I, TW No-II of Atra Piped water supply scheme Block : Patrasayar under Bankura Mechanical Division, PHE Dte. Dist: Bankura.</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000168/2023-2024</t>
   </si>
   <si>
     <t>880/BMD</t>
   </si>
   <si>
     <t>04/05/2023</t>
   </si>
   <si>
-    <t>31/10/2023</t>
+    <t>18/04/2026</t>
   </si>
   <si>
     <t>RAJIB COMPANY</t>
-  </si>
-[...7 lines deleted...]
-    <t>26/07/2024</t>
   </si>
   <si>
     <t>Acceptance cum Formal work order for the work of Providing and installation of Electromagnetic flowmeter with motorized Sluice Valve for respective OHR for at Atra Piped Water Supply Scheme under BMD PHE Dte Dist-Bankura.</t>
   </si>
   <si>
     <t>ORD/000026/2025-2026</t>
   </si>
   <si>
     <t>237/BMD</t>
   </si>
   <si>
     <t>14/05/2025</t>
   </si>
   <si>
     <t>12/08/2025</t>
   </si>
   <si>
     <t>M/S D. PALIT AND CO.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
@@ -776,191 +776,191 @@
       <c r="Q3" s="4">
         <v>0</v>
       </c>
       <c r="R3" s="4">
         <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="L4" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="I4" s="13" t="s">
+      <c r="M4" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="J4" s="13" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N4" s="4" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="O4" s="4" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="P4" s="4">
-        <v>47</v>
+        <v>13.1</v>
       </c>
       <c r="Q4" s="4">
-        <v>18.97</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>40.37</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-      <c r="J5" s="13"/>
+        <v>35</v>
+      </c>
+      <c r="I5" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="J5" s="13" t="s">
+        <v>37</v>
+      </c>
       <c r="K5" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="L5" s="4" t="s">
+      <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="M5" s="4" t="s">
+      <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="N5" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P5" s="4">
-        <v>13.1</v>
+        <v>47</v>
       </c>
       <c r="Q5" s="4">
-        <v>0</v>
+        <v>18.97</v>
       </c>
       <c r="R5" s="4">
-        <v>0</v>
+        <v>40.37</v>
       </c>
       <c r="S5" s="4">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="I6" s="13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="J6" s="13" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>11.66</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>