--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -874,54 +874,54 @@
       <c r="I5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>47</v>
       </c>
       <c r="Q5" s="4">
-        <v>18.97</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>40.37</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>40</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -971,54 +971,54 @@
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>49</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>125.59</v>
       </c>
       <c r="P7" s="8">
-        <v>18.97</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>15.11</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>