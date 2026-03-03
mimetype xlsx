--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -993,88 +993,88 @@
       <c r="I7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="4">
         <v>15500.61</v>
       </c>
       <c r="Q7" s="4">
-        <v>26.6</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>0.17</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>48</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>50</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>15903.71</v>
       </c>
       <c r="P8" s="8">
-        <v>26.6</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>0.17</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>