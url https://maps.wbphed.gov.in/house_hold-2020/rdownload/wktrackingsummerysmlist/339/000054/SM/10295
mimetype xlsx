--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1570,54 +1570,54 @@
         <v>58</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P12" s="4">
         <v>0.87</v>
       </c>
       <c r="Q12" s="4">
-        <v>1.46</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>167.3</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>50</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1690,54 +1690,54 @@
       <c r="I14" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P14" s="4">
         <v>12.53</v>
       </c>
       <c r="Q14" s="4">
-        <v>12.52</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.86</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1749,54 +1749,54 @@
         <v>77</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P15" s="4">
         <v>0.44</v>
       </c>
       <c r="Q15" s="4">
-        <v>1.19</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>272.06</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>20</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1977,54 +1977,54 @@
         <v>95</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P19" s="4">
         <v>0.44</v>
       </c>
       <c r="Q19" s="4">
-        <v>1.2</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>274.48</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>50</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2038,54 +2038,54 @@
       <c r="I20" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P20" s="4">
         <v>0.87</v>
       </c>
       <c r="Q20" s="4">
-        <v>2.16</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>247.3</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>40</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2099,54 +2099,54 @@
       <c r="I21" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P21" s="4">
         <v>0.44</v>
       </c>
       <c r="Q21" s="4">
-        <v>1.19</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>272.66</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>40</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2278,54 +2278,54 @@
       <c r="I24" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>125</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P24" s="4">
         <v>107.65</v>
       </c>
       <c r="Q24" s="4">
-        <v>105.5</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>95</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2339,54 +2339,54 @@
       <c r="I25" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P25" s="4">
         <v>1</v>
       </c>
       <c r="Q25" s="4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2613,54 +2613,54 @@
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="7" t="s">
         <v>150</v>
       </c>
       <c r="B30" s="7"/>
       <c r="C30" s="7"/>
       <c r="D30" s="7"/>
       <c r="E30" s="11"/>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="14"/>
       <c r="I30" s="14"/>
       <c r="J30" s="14"/>
       <c r="K30" s="8"/>
       <c r="L30" s="8"/>
       <c r="M30" s="8"/>
       <c r="N30" s="8"/>
       <c r="O30" s="8">
         <v>1485.09</v>
       </c>
       <c r="P30" s="8">
-        <v>126.21</v>
+        <v>0</v>
       </c>
       <c r="Q30" s="8">
-        <v>8.5</v>
+        <v>0</v>
       </c>
       <c r="R30" s="8"/>
       <c r="S30" s="8"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A30:N30"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>