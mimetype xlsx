--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -989,54 +989,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>1.84</v>
       </c>
       <c r="Q3" s="4">
-        <v>1.84</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1221,54 +1221,54 @@
       <c r="I7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>349.96</v>
       </c>
       <c r="Q7" s="4">
-        <v>188.44</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>53.85</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>48</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1282,54 +1282,54 @@
       <c r="I8" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>1.15</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.76</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>65.92</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>70</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1343,54 +1343,54 @@
       <c r="I9" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>125.11</v>
       </c>
       <c r="Q9" s="4">
-        <v>37.26</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>29.78</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>35</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1585,54 +1585,54 @@
       <c r="I13" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P13" s="4">
         <v>10.86</v>
       </c>
       <c r="Q13" s="4">
-        <v>10.82</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>99.63</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1703,54 +1703,54 @@
       <c r="I15" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P15" s="4">
         <v>22.63</v>
       </c>
       <c r="Q15" s="4">
-        <v>16.47</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>72.77</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>75</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>77</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2038,54 +2038,54 @@
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
         <v>128</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
         <v>864.83</v>
       </c>
       <c r="P21" s="8">
-        <v>255.58</v>
+        <v>0</v>
       </c>
       <c r="Q21" s="8">
-        <v>29.55</v>
+        <v>0</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A21:N21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>