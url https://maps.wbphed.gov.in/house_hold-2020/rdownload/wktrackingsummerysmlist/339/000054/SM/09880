--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -225,50 +225,65 @@
     <t>Emergent repairing for laying of pipe line by the PHE department at Joyrambati-Kamarpukur road at Malpur Prathamik Vidyalaya under Bishnupur Division PWD in the District of Bankura during the year 2023-2024</t>
   </si>
   <si>
     <t>BILL/02189/2023-2024</t>
   </si>
   <si>
     <t>FHTC/12</t>
   </si>
   <si>
     <t>01/12/2023</t>
   </si>
   <si>
     <t>EXECUTIVE ENGINEER , BISHNUPUR DIVISION P.W.DTE.</t>
   </si>
   <si>
     <t>Restoration work of side shoulder due to damage caused for the laying of pipeline by PHE department in the different stretches in joyrambati - kamarpukur road under Bishnupur division P.W.Dte. in the district of Bankura .</t>
   </si>
   <si>
     <t>BILL/02424/2023-2024</t>
   </si>
   <si>
     <t>FHTC/02</t>
   </si>
   <si>
     <t>02/02/2024</t>
+  </si>
+  <si>
+    <t>Construction of Office cum Godown with sanitary and water supply arrangement at Head Work Site of 60 sqmtr. (approx) area at water supply scheme for surface water based for Augmentation of Joyrambati water supply scheme under Bishnupur Sub-Division, Bankura Division PHE Dte. (2nd Call) TSM No.-TSM/005083 , AAFS Project Id :- PH212246197M000</t>
+  </si>
+  <si>
+    <t>ORD/000014/2023-2024</t>
+  </si>
+  <si>
+    <t>763/BQA</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>M/S T.P. HAZRA &amp; SONS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -657,51 +672,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W12"/>
+  <dimension ref="A1:W13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="65.983887" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1300,87 +1315,148 @@
       </c>
       <c r="N11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P11" s="4">
         <v>43.62</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
-      <c r="A12" s="7" t="s">
+      <c r="A12" s="3">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H12" s="13" t="s">
         <v>71</v>
       </c>
-      <c r="B12" s="7"/>
-[...22 lines deleted...]
-      <c r="S12" s="8"/>
+      <c r="I12" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K12" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N12" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="O12" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="P12" s="4">
+        <v>12.53</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>6.85</v>
+      </c>
+      <c r="R12" s="4">
+        <v>54.66</v>
+      </c>
+      <c r="S12" s="4">
+        <v>20</v>
+      </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
+    <row r="13" spans="1:23">
+      <c r="A13" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="11"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="7"/>
+      <c r="H13" s="14"/>
+      <c r="I13" s="14"/>
+      <c r="J13" s="14"/>
+      <c r="K13" s="8"/>
+      <c r="L13" s="8"/>
+      <c r="M13" s="8"/>
+      <c r="N13" s="8"/>
+      <c r="O13" s="8">
+        <v>283.58</v>
+      </c>
+      <c r="P13" s="8">
+        <v>181.13</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>63.87</v>
+      </c>
+      <c r="R13" s="8"/>
+      <c r="S13" s="8"/>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A12:N12"/>
+    <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>