--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -894,54 +894,54 @@
         <v>33</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>16.99</v>
       </c>
       <c r="Q4" s="4">
-        <v>14.38</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>84.62</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>20</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1065,54 +1065,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P7" s="4">
         <v>66.36</v>
       </c>
       <c r="Q7" s="4">
-        <v>27.14</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>40.9</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>35</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1126,54 +1126,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P8" s="4">
         <v>29.69</v>
       </c>
       <c r="Q8" s="4">
-        <v>22.96</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>77.33</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>77</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1187,54 +1187,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P9" s="4">
         <v>110.15</v>
       </c>
       <c r="Q9" s="4">
-        <v>109.8</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.68</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>45</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1362,88 +1362,88 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P12" s="4">
         <v>12.53</v>
       </c>
       <c r="Q12" s="4">
-        <v>6.85</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>54.66</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>20</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>76</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>283.58</v>
       </c>
       <c r="P13" s="8">
-        <v>181.13</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>63.87</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>