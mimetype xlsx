--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -89,293 +89,293 @@
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
     <t>BANKURA</t>
   </si>
   <si>
     <t>Bankura Division</t>
   </si>
   <si>
     <t>Augmentation of Joypur Piped Water Supply Scheme.</t>
   </si>
   <si>
     <t>SM/09878</t>
   </si>
   <si>
     <t>Augmentation</t>
   </si>
   <si>
+    <t>Retrofitting works for creation of 'FHTC (Funtional House Hold Tap Connection)' in connection with Jal Jeevan Mission (JJM) and JAL SWAPNA of JOYPUR W/S Scheme under Bishnupur Sub - Division of Bankura Division, PHE Dte. Under JJM- 2020- 21 Fund. Block - Joypur, Name of OHR - Joypur, No. of Mouza :- 1 no. (Hirapur-44), Habitation's Name:- Kotalpara, Total House Hold - 30</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000505/2020-2021</t>
+  </si>
+  <si>
+    <t>214/VSD</t>
+  </si>
+  <si>
+    <t>07/12/2020</t>
+  </si>
+  <si>
+    <t>28/12/2020</t>
+  </si>
+  <si>
+    <t>NAYAN BARDHAN</t>
+  </si>
+  <si>
+    <t>Retrofitting works for creation of 'FHTC (Funtional House Hold Tap Connection' in connection with Jal Jeevan Mission (JJM) and JAL SWAPNA of JOYPUR W/S Scheme under Bishnupur Sub - Division of Bankura Division, PHE Dte. Under JJM- 2020- 21 Fund. (Part-A) Block - Joypur, Name of OHR - Joypur, No. of Mouza :- 1 no. (Hirapur-44), Habitation's Name:- Dulepara &amp; Telipara, Total House Hold -66.</t>
+  </si>
+  <si>
+    <t>ORD/000506/2020-2021</t>
+  </si>
+  <si>
+    <t>157/VSD</t>
+  </si>
+  <si>
+    <t>18/09/2020</t>
+  </si>
+  <si>
+    <t>09/10/2020</t>
+  </si>
+  <si>
+    <t>BIT ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Retrofitting works for creation of 'FHTC (Funtional House Hold Tap Connection' in connection with Jal Jeevan Mission (JJM) and JAL SWAPNA of JOYPUR W/S Scheme under Bishnupur Sub - Division of Bankura Division, PHE Dte. Under JJM- 2020- 21 Fund. (Part-A) Block - Joypur, Name of OHR - Joypur, No. of Mouza :- 1 no. (Hirapur-44), Habitation's Name:- Napitpara, Total House Hold -65</t>
+  </si>
+  <si>
+    <t>ORD/000507/2020-2021</t>
+  </si>
+  <si>
+    <t>158/VSD</t>
+  </si>
+  <si>
+    <t>SWAPAN KUMAR BIT</t>
+  </si>
+  <si>
+    <t>Construction of boundary wall approx 90 mtr long for Augmentation of Joypur water supply scheme (Head Work Site, New) under Bishnupur Sub Division of Bankura Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000379/2022-2023</t>
+  </si>
+  <si>
+    <t>54/BQA</t>
+  </si>
+  <si>
+    <t>05/01/2023</t>
+  </si>
+  <si>
+    <t>19/02/2023</t>
+  </si>
+  <si>
+    <t>BIJOY KOLEY</t>
+  </si>
+  <si>
+    <t>Construction of Pump House (Switch Room cum Chlorine Room) with Sanitary &amp; Water Supply arrangement (size 5.40 m x 3.6 m) for Augmentation of Joypur Water Supply Scheme under Bishnupur Sub Division of Bankura Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000382/2022-2023</t>
+  </si>
+  <si>
+    <t>55/BQA</t>
+  </si>
+  <si>
+    <t>05/04/2023</t>
+  </si>
+  <si>
+    <t>SAYED PAHALOWAN</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000062/2023-2024</t>
+  </si>
+  <si>
+    <t>2665/BQA</t>
+  </si>
+  <si>
+    <t>22/09/2023</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>Bankura Mechanical</t>
+  </si>
+  <si>
+    <t>BILL/00124/2023-2024</t>
+  </si>
+  <si>
+    <t>28/06/2023</t>
+  </si>
+  <si>
+    <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LTD.</t>
+  </si>
+  <si>
+    <t>Rising main with new D.I pipe under Joypur water supply scheme (Augmentation) under Joypur Block within Bishnupur Sub-Division under Bankura Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000385/2022-2023</t>
+  </si>
+  <si>
+    <t>56/BQA</t>
+  </si>
+  <si>
+    <t>RAFIKUL MONDAL</t>
+  </si>
+  <si>
+    <t>Supply of Various Type of Materials for construction and commissioning of RCC Over Head Reservoir of capacity 250 cum and staging height 20 mtr.with allied works for Augmentation of Joypur ( JJM Revision ) Piped W/S Scheme Joypur Block under Bishnupur Sub-Division of Bankura Division, PHE. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000880/2023-2024</t>
+  </si>
+  <si>
+    <t>3008/BQA</t>
+  </si>
+  <si>
+    <t>03/11/2023</t>
+  </si>
+  <si>
+    <t>18/12/2023</t>
+  </si>
+  <si>
+    <t>SRIKANTA MONDAL</t>
+  </si>
+  <si>
+    <t>RTOR000152/2023-2024</t>
+  </si>
+  <si>
+    <t>111/BQA</t>
+  </si>
+  <si>
+    <t>10/01/2024</t>
+  </si>
+  <si>
+    <t>Restoration work of side shoulder due to damage caused for the laying of pipe line by PHE Department in the different stretches in Joypur baital road UNDER Bishnupur division PWDte. during the year 23-24</t>
+  </si>
+  <si>
+    <t>BILL/02195/2023-2024</t>
+  </si>
+  <si>
+    <t>FHTC/12</t>
+  </si>
+  <si>
+    <t>01/12/2023</t>
+  </si>
+  <si>
+    <t>EXECUTIVE ENGINEER , BISHNUPUR DIVISION P.W.DTE.</t>
+  </si>
+  <si>
+    <t>New service connection at Katul of Joypur Piped Water Supply Scheme t/w-III ,Katul of joypur block under BMD PHE Dte.</t>
+  </si>
+  <si>
+    <t>BILL/00381/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-89</t>
+  </si>
+  <si>
+    <t>11/06/2024</t>
+  </si>
+  <si>
+    <t>Joypur Pump house-II</t>
+  </si>
+  <si>
+    <t>BILL/01508/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-108</t>
+  </si>
+  <si>
+    <t>15/02/2024</t>
+  </si>
+  <si>
+    <t>Retrofitting works for creation of 'FHTC (Funtional House Hold Tap Connection)' in connection with Jal Jeevan Mission (JJM) and JAL SWAPNA of Joypur W/S Scheme under Bishnupur Sub - Division of Bankura Division, PHE Dte. Block - Joypur, Name of OHR - Joypur, No. of Mouza :- 7 nos. i.e.Kalabani-12,Padumpur-14,Rajsol-15,Salda-35,Joypur-36,Bamangram-40,Gokulnagar-43, Total House Hold - 3380</t>
+  </si>
+  <si>
+    <t>ORD/000389/2021-2022</t>
+  </si>
+  <si>
+    <t>200/BQA</t>
+  </si>
+  <si>
+    <t>01/02/2022</t>
+  </si>
+  <si>
+    <t>08/05/2024</t>
+  </si>
+  <si>
+    <t>M/S CARE</t>
+  </si>
+  <si>
+    <t>Laying distribution system for Augmentation of Joypur ( JJM Revision ) Piped W/S. Scheme of Joypur Block under Bankura Division, PHE. Dte. ( PART-A)</t>
+  </si>
+  <si>
+    <t>ORD/000040/2022-2023</t>
+  </si>
+  <si>
+    <t>1381/BQA</t>
+  </si>
+  <si>
+    <t>27/06/2022</t>
+  </si>
+  <si>
+    <t>01/11/2025</t>
+  </si>
+  <si>
+    <t>DEBAKI RANJAN SARKAR</t>
+  </si>
+  <si>
     <t>Laying distribution system for Augmentation of Joypur ( JJM Revision ) Piped W/S. Scheme of Joypur Block under Bankura Division, PHE. Dte. ( PART-B)</t>
   </si>
   <si>
-    <t>Assistant Engineer</t>
-[...4 lines deleted...]
-  <si>
     <t>ORD/000041/2022-2023</t>
   </si>
   <si>
     <t>1394/BQA</t>
   </si>
   <si>
-    <t>27/06/2022</t>
-[...2 lines deleted...]
-    <t>26/08/2022</t>
+    <t>02/04/2025</t>
   </si>
   <si>
     <t>SIB SANKAR CHOWDHURY</t>
   </si>
   <si>
-    <t>Retrofitting works for creation of 'FHTC (Funtional House Hold Tap Connection)' in connection with Jal Jeevan Mission (JJM) and JAL SWAPNA of JOYPUR W/S Scheme under Bishnupur Sub - Division of Bankura Division, PHE Dte. Under JJM- 2020- 21 Fund. Block - Joypur, Name of OHR - Joypur, No. of Mouza :- 1 no. (Hirapur-44), Habitation's Name:- Kotalpara, Total House Hold - 30</t>
-[...217 lines deleted...]
-  <si>
     <t>Construction of Office cum Godown with sanitary and water supply arrangement at Head Work Site (New) of 60 sqmtr. (approx) area at water supply scheme for surface water based for Augmentation of Joypur water supply scheme under Bishnupur Sub-Division, Bankura Division PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000377/2022-2023</t>
   </si>
   <si>
     <t>53BQA</t>
   </si>
   <si>
     <t>01/07/2025</t>
   </si>
   <si>
     <t>UTTAM KUMAR SINHAMAHAPATRA</t>
   </si>
   <si>
     <t>Sinking of 1 no 300mm X 200mm X 250m deep Tubewell by Rig boring system method including interconnection with 100 mm dia. G.I. Pipe at New Head Work Site for Augmetation of Joypur( JJM Revision ) Piped water supply scheme under Bishnupur Sub-Division of Bankura Division P.H.E Dte.</t>
   </si>
   <si>
     <t>ORD/000086/2023-2024</t>
   </si>
   <si>
     <t>1067/BQA</t>
   </si>
   <si>
     <t>04/05/2023</t>
@@ -393,53 +393,50 @@
     <t>ORD/000425/2023-2024</t>
   </si>
   <si>
     <t>1686/BMD</t>
   </si>
   <si>
     <t>27/07/2023</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>PRADIP KUMAR DHABAL</t>
   </si>
   <si>
     <t>Additional work of Road Crossing for Jack Pussing of Augumentation of Joypur Water Supply Scheme under Joypur Block under Bishnupur Sub-Division of Bankura Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000871/2023-2024</t>
   </si>
   <si>
     <t>3003/BQA</t>
   </si>
   <si>
     <t>06/11/2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>03/11/2024</t>
   </si>
   <si>
     <t>SIBSANKAR CHOWDHURY</t>
   </si>
   <si>
     <t>Renovation of RCC Elevated Over Head Reservoir of 273 cum capacity with staging height 20 m and other allied works Augmentation of Joypur water supply scheme within Bishnupur Sub-Division under Bankura Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000344/2025-2026</t>
   </si>
   <si>
     <t>1805/BQA</t>
   </si>
   <si>
     <t>19/08/2025</t>
   </si>
   <si>
     <t>17/11/2025</t>
   </si>
   <si>
     <t>Construction and commissioning of RCC Over Head Reservoir of capacity 250 cum and staging height 20 mtr.with allied works for Augmentation of Joypur ( JJM Revision ) Piped W/S under Joypur Block of Bankura Division, PHE. Dte.</t>
   </si>
   <si>
     <t>ORD/000423/2022-2023</t>
   </si>
@@ -999,1121 +996,1121 @@
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="I3" s="13" t="s">
+      <c r="I3" s="13"/>
+      <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J3" s="13" t="s">
+      <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="K3" s="4" t="s">
+      <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="L3" s="4" t="s">
+      <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="M3" s="4" t="s">
+      <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="N3" s="4" t="s">
+      <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="O3" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P3" s="4">
-        <v>100.05</v>
+        <v>3.44</v>
       </c>
       <c r="Q3" s="4">
-        <v>46.01</v>
+        <v>3.26</v>
       </c>
       <c r="R3" s="4">
-        <v>45.99</v>
+        <v>94.79</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="13" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K4" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="L4" s="4" t="s">
+      <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="M4" s="4" t="s">
+      <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="N4" s="4" t="s">
+      <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="O4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P4" s="4">
-        <v>3.44</v>
+        <v>4.71</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.26</v>
+        <v>4.29</v>
       </c>
       <c r="R4" s="4">
-        <v>94.79</v>
+        <v>90.89</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K5" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="L5" s="4" t="s">
+      <c r="M5" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O5" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="M5" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P5" s="4">
-        <v>4.71</v>
+        <v>4.62</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.29</v>
+        <v>4.06</v>
       </c>
       <c r="R5" s="4">
-        <v>90.89</v>
+        <v>87.92</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="I6" s="13"/>
-[...3 lines deleted...]
-      <c r="K6" s="4" t="s">
+      <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="L6" s="4" t="s">
+      <c r="N6" s="4" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
-        <v>4.62</v>
+        <v>5.28</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.06</v>
+        <v>4.78</v>
       </c>
       <c r="R6" s="4">
-        <v>87.92</v>
+        <v>90.49</v>
       </c>
       <c r="S6" s="4">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J7" s="13" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="N7" s="4" t="s">
+      <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="O7" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P7" s="4">
-        <v>5.28</v>
+        <v>6.54</v>
       </c>
       <c r="Q7" s="4">
-        <v>4.78</v>
+        <v>6.3</v>
       </c>
       <c r="R7" s="4">
-        <v>90.49</v>
+        <v>96.27</v>
       </c>
       <c r="S7" s="4">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="I8" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K8" s="4" t="s">
+      <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="L8" s="4" t="s">
+      <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="M8" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N8" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
-      <c r="O8" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P8" s="4">
-        <v>6.54</v>
+        <v>42.53</v>
       </c>
       <c r="Q8" s="4">
-        <v>6.3</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>96.27</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="L9" s="4"/>
+      <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="L9" s="4" t="s">
+      <c r="N9" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="O9" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="M9" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P9" s="4">
-        <v>42.53</v>
+        <v>1</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
-        <v>65</v>
+        <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="J10" s="13"/>
+        <v>63</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>26</v>
+      </c>
       <c r="K10" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="O10" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="L10" s="4"/>
-[...8 lines deleted...]
-      </c>
       <c r="P10" s="4">
-        <v>1</v>
+        <v>23.74</v>
       </c>
       <c r="Q10" s="4">
-        <v>0</v>
+        <v>13.8</v>
       </c>
       <c r="R10" s="4">
-        <v>0</v>
+        <v>58.12</v>
       </c>
       <c r="S10" s="4">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="L11" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="I11" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K11" s="4" t="s">
+      <c r="M11" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="L11" s="4" t="s">
+      <c r="N11" s="4" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P11" s="4">
-        <v>23.74</v>
+        <v>5.95</v>
       </c>
       <c r="Q11" s="4">
-        <v>13.8</v>
+        <v>5.95</v>
       </c>
       <c r="R11" s="4">
-        <v>58.12</v>
+        <v>100</v>
       </c>
       <c r="S11" s="4">
-        <v>20</v>
+        <v>90</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="I12" s="13"/>
+      <c r="J12" s="13"/>
+      <c r="K12" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="I12" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K12" s="4" t="s">
+      <c r="L12" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="L12" s="4" t="s">
+      <c r="M12" s="4" t="s">
         <v>75</v>
       </c>
-      <c r="M12" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N12" s="4" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>78</v>
+        <v>58</v>
       </c>
       <c r="P12" s="4">
-        <v>5.95</v>
+        <v>20.82</v>
       </c>
       <c r="Q12" s="4">
-        <v>5.95</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="M13" s="4" t="s">
         <v>79</v>
       </c>
-      <c r="L13" s="4" t="s">
+      <c r="N13" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="O13" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="M13" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P13" s="4">
-        <v>20.82</v>
+        <v>2.71</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="L14" s="4" t="s">
         <v>83</v>
       </c>
-      <c r="L14" s="4" t="s">
+      <c r="M14" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="M14" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N14" s="4" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>86</v>
+        <v>62</v>
       </c>
       <c r="P14" s="4">
-        <v>2.71</v>
+        <v>5.27</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="L15" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="M15" s="4" t="s">
         <v>88</v>
       </c>
-      <c r="L15" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N15" s="4" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="P15" s="4">
-        <v>5.27</v>
+        <v>1.59</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
-        <v>65</v>
+        <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="13" t="s">
+        <v>89</v>
+      </c>
+      <c r="I16" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J16" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="K16" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="L16" s="4" t="s">
         <v>91</v>
       </c>
-      <c r="I16" s="13"/>
-[...1 lines deleted...]
-      <c r="K16" s="4" t="s">
+      <c r="M16" s="4" t="s">
         <v>92</v>
       </c>
-      <c r="L16" s="4" t="s">
+      <c r="N16" s="4" t="s">
         <v>93</v>
       </c>
-      <c r="M16" s="4" t="s">
+      <c r="O16" s="4" t="s">
         <v>94</v>
       </c>
-      <c r="N16" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P16" s="4">
-        <v>1.59</v>
+        <v>179.91</v>
       </c>
       <c r="Q16" s="4">
-        <v>0</v>
+        <v>63.17</v>
       </c>
       <c r="R16" s="4">
-        <v>0</v>
+        <v>35.11</v>
       </c>
       <c r="S16" s="4">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="13" t="s">
         <v>95</v>
       </c>
       <c r="I17" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J17" s="13" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P17" s="4">
-        <v>179.91</v>
+        <v>100</v>
       </c>
       <c r="Q17" s="4">
-        <v>63.17</v>
+        <v>43.65</v>
       </c>
       <c r="R17" s="4">
-        <v>35.11</v>
+        <v>43.65</v>
       </c>
       <c r="S17" s="4">
-        <v>5</v>
+        <v>80</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="13" t="s">
         <v>101</v>
       </c>
       <c r="I18" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J18" s="13" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>30</v>
+        <v>98</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P18" s="4">
-        <v>100</v>
+        <v>100.05</v>
       </c>
       <c r="Q18" s="4">
-        <v>43.65</v>
+        <v>46.01</v>
       </c>
       <c r="R18" s="4">
-        <v>43.65</v>
+        <v>45.99</v>
       </c>
       <c r="S18" s="4">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="13" t="s">
         <v>106</v>
       </c>
       <c r="I19" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J19" s="13" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M19" s="4" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P19" s="4">
         <v>12.53</v>
       </c>
       <c r="Q19" s="4">
         <v>7.78</v>
       </c>
       <c r="R19" s="4">
         <v>62.1</v>
       </c>
       <c r="S19" s="4">
         <v>35</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="13" t="s">
         <v>111</v>
       </c>
       <c r="I20" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J20" s="13" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P20" s="4">
         <v>19.03</v>
       </c>
       <c r="Q20" s="4">
         <v>0</v>
       </c>
       <c r="R20" s="4">
         <v>0</v>
       </c>
       <c r="S20" s="4">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="13" t="s">
         <v>117</v>
       </c>
       <c r="I21" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J21" s="13" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P21" s="4">
         <v>39.53</v>
       </c>
       <c r="Q21" s="4">
         <v>30.88</v>
       </c>
       <c r="R21" s="4">
         <v>78.13</v>
       </c>
@@ -2127,212 +2124,212 @@
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="13" t="s">
         <v>123</v>
       </c>
       <c r="I22" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J22" s="13" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="N22" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="O22" s="4" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="P22" s="4">
         <v>34.14</v>
       </c>
       <c r="Q22" s="4">
         <v>0</v>
       </c>
       <c r="R22" s="4">
         <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>85</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="13" t="s">
+        <v>128</v>
+      </c>
+      <c r="I23" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J23" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="K23" s="4" t="s">
         <v>129</v>
       </c>
-      <c r="I23" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K23" s="4" t="s">
+      <c r="L23" s="4" t="s">
         <v>130</v>
       </c>
-      <c r="L23" s="4" t="s">
+      <c r="M23" s="4" t="s">
         <v>131</v>
       </c>
-      <c r="M23" s="4" t="s">
+      <c r="N23" s="4" t="s">
         <v>132</v>
       </c>
-      <c r="N23" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O23" s="4" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="P23" s="4">
         <v>11.69</v>
       </c>
       <c r="Q23" s="4">
         <v>0</v>
       </c>
       <c r="R23" s="4">
         <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>90</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="I24" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J24" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="K24" s="4" t="s">
         <v>134</v>
       </c>
-      <c r="I24" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K24" s="4" t="s">
+      <c r="L24" s="4" t="s">
         <v>135</v>
       </c>
-      <c r="L24" s="4" t="s">
+      <c r="M24" s="4" t="s">
         <v>136</v>
       </c>
-      <c r="M24" s="4" t="s">
+      <c r="N24" s="4" t="s">
         <v>137</v>
       </c>
-      <c r="N24" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O24" s="4" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="P24" s="4">
         <v>70.43</v>
       </c>
       <c r="Q24" s="4">
         <v>70.34</v>
       </c>
       <c r="R24" s="4">
         <v>99.88</v>
       </c>
       <c r="S24" s="4">
         <v>60</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>695.51</v>
       </c>
       <c r="P25" s="8">
         <v>304.27</v>
       </c>
       <c r="Q25" s="8">
         <v>43.75</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>