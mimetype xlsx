--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1019,54 +1019,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>3.44</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.26</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>94.79</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1078,54 +1078,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>4.71</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.29</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>90.89</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1137,54 +1137,54 @@
         <v>38</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P5" s="4">
         <v>4.62</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.06</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>87.92</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1198,54 +1198,54 @@
       <c r="I6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>5.28</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>90.49</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>50</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1259,54 +1259,54 @@
       <c r="I7" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>6.54</v>
       </c>
       <c r="Q7" s="4">
-        <v>6.3</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>96.27</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>65</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1432,54 +1432,54 @@
       <c r="I10" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P10" s="4">
         <v>23.74</v>
       </c>
       <c r="Q10" s="4">
-        <v>13.8</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>58.12</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>20</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1493,54 +1493,54 @@
       <c r="I11" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P11" s="4">
         <v>5.95</v>
       </c>
       <c r="Q11" s="4">
-        <v>5.95</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>90</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1782,54 +1782,54 @@
       <c r="I16" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P16" s="4">
         <v>179.91</v>
       </c>
       <c r="Q16" s="4">
-        <v>63.17</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>35.11</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>5</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1843,54 +1843,54 @@
       <c r="I17" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P17" s="4">
         <v>100</v>
       </c>
       <c r="Q17" s="4">
-        <v>43.65</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>43.65</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>80</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1904,54 +1904,54 @@
       <c r="I18" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P18" s="4">
         <v>100.05</v>
       </c>
       <c r="Q18" s="4">
-        <v>46.01</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>45.99</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>90</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1965,54 +1965,54 @@
       <c r="I19" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P19" s="4">
         <v>12.53</v>
       </c>
       <c r="Q19" s="4">
-        <v>7.78</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>62.1</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>35</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2087,54 +2087,54 @@
       <c r="I21" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P21" s="4">
         <v>39.53</v>
       </c>
       <c r="Q21" s="4">
-        <v>30.88</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>78.13</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>30</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2270,88 +2270,88 @@
       <c r="I24" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P24" s="4">
         <v>70.43</v>
       </c>
       <c r="Q24" s="4">
-        <v>70.34</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>99.88</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>60</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
         <v>138</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>695.51</v>
       </c>
       <c r="P25" s="8">
-        <v>304.27</v>
+        <v>0</v>
       </c>
       <c r="Q25" s="8">
-        <v>43.75</v>
+        <v>0</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>