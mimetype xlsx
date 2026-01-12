--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -89,243 +89,243 @@
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
     <t>BANKURA</t>
   </si>
   <si>
     <t>Bankura Division</t>
   </si>
   <si>
     <t>Construction and commissioning of FHTC (Functional House Hold Tap Connection) in Dangarpara (293), Jamrepara (295), Debgram (296), Agaya (350), Ampata (351) &amp; Sitarampur (352) mouzas by retrofitting of Water Supply Scheme for Gargarya, Zone-A and its adjo</t>
   </si>
   <si>
     <t>SM/09642</t>
   </si>
   <si>
     <t>Retrofitting</t>
   </si>
   <si>
+    <t>Construction and commissioning of ¿FHTC (Functional House Hold Tap Connection)¿ in Jamrepara (295) mouzas by retrofitting of Water Supply Scheme for Gargarya, Zone-A and its adjoining Mouzas under Sarenga Water Supply Scheme (BRGF Ph-I) at Block- Sarenga, Dist.- Bankura under Jal Swapna &amp; Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, P.H.E. Dte. Total Mouza:- 1 No. Total Household:- 285 Nos.</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000199/2021-2022</t>
+  </si>
+  <si>
+    <t>3018/BQA</t>
+  </si>
+  <si>
+    <t>29/11/2021</t>
+  </si>
+  <si>
+    <t>29/12/2021</t>
+  </si>
+  <si>
+    <t>ASHIS PAL</t>
+  </si>
+  <si>
+    <t>Construction and commissioning of ¿FHTC (Functional House Hold Tap Connection)¿ in Debgram (296) mouzas by retrofitting of Water Supply Scheme for Gargarya, Zone-A and its adjoining Mouzas under Sarenga Water Supply Scheme (BRGF Ph-I) at Block- Sarenga, Dist.- Bankura under Jal Swapna &amp; Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, P.H.E. Dte. Total Mouza:- 1 No. Total Household:- 201 Nos.</t>
+  </si>
+  <si>
+    <t>ORD/000201/2021-2022</t>
+  </si>
+  <si>
+    <t>3019/BQA</t>
+  </si>
+  <si>
+    <t>SANJOY MONDAL</t>
+  </si>
+  <si>
+    <t>Work Order for Household survey in Dangarpara (293), Jamrepara (295), Debgram (296), Agaya (350), Ampata (351) &amp; Sitarampur (352) mouzas to provide ¿FHTC (Functional House Hold Tap Connection)¿ by retrofitting of Water Supply Scheme for Gargarya, Zone-A and its adjoining Mouzas under Sarenga Water Supply Scheme (BRGF Ph-I) at Block- Sarenga, Dist.- Bankura under Jal Swapna &amp; Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, P.H.E. Dte. (Sl. No. 05)</t>
+  </si>
+  <si>
+    <t>ORD/000587/2021-2022</t>
+  </si>
+  <si>
+    <t>791/KSD</t>
+  </si>
+  <si>
+    <t>14/12/2021</t>
+  </si>
+  <si>
+    <t>14/03/2022</t>
+  </si>
+  <si>
+    <t>TAPAS DEY</t>
+  </si>
+  <si>
+    <t>Work Order for Relaying of UPVC pipeline at Jamrepara (295) mouza for construction and commissioning of FHTC (due to damage done by PWD (Roads) Dte. for Strengthening - Widening of road from Pirorgari More to Brahamandiha) of Water Supply Scheme for Gargarya, Zone-A and its adjoining Mouzas under Sarenga Water Supply Scheme (BRGF Ph-I) under Jal Swapna &amp; Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, P.H.E. Dte. (Sl. No. 09)</t>
+  </si>
+  <si>
+    <t>ORD/000127/2022-2023</t>
+  </si>
+  <si>
+    <t>272/KSD</t>
+  </si>
+  <si>
+    <t>12/07/2022</t>
+  </si>
+  <si>
+    <t>22/07/2022</t>
+  </si>
+  <si>
+    <t>Retrofitting works for creation of 'FHTC (Funtional House Hold Tap Connection' in connection with Jal Jeevan Mission (JJM) and JAL SWAPNA of JOYTUNGA (Zone - H)) under Bankura - I,II &amp; Barjora Block W/S Scheme (BRGF ph - I project) under Bankura Sadar Sub - Division of Bankura Division, PHE Dte. Block - Barjora &amp; Bankura- II, Name of OHR - JOYTUNGA (Zone - H) . No.of Mouza :- 03 (Ladna, Mathana, Kodalia(PART-A)), Total House Hold -430</t>
+  </si>
+  <si>
+    <t>VCH/002353/2021-2022</t>
+  </si>
+  <si>
+    <t>FHTC/25</t>
+  </si>
+  <si>
+    <t>25/01/2022</t>
+  </si>
+  <si>
+    <t>UNIVERSAL CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>laying extra UPVC pipe line to cover Jamrepara (295) mouzas for construction and commissioning of 'FHTC (Funtional House Hold Tap Connection' in connection with Jal Jeevan Mission (JJM) and JAL SWAPNA of retrofitting Gargarya Zone - A and its adjoining mouza under Sarenga water supply shceme under BRGF (Phase - I) under Jal Swapna &amp; Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, part - B laying extra UPVC pipe line to cover Jamrepara (295) mouzas for construction and commissioning of 'FHTC (Funtional House Hold Tap Connection' in connection with Jal Jeevan Mission (JJM) and JAL SWAPNA of retrofitting Gargarya Zone - A and its adjoining mouza under Sarenga water supply shceme under BRGF (Phase - I) under Jal Swapna &amp; Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, part - B</t>
+  </si>
+  <si>
+    <t>VCH/003076/2021-2022</t>
+  </si>
+  <si>
+    <t>FHTC/29</t>
+  </si>
+  <si>
+    <t>29/03/2022</t>
+  </si>
+  <si>
+    <t>laying extra HDPE pipe line to increase pressure at Ampata (351) Chingra ( 292) mouza for construction and commissioning of 'FHTC (Funtional House Hold Tap Connection' in connection with Jal Jeevan Mission (JJM) and JAL SWAPNA of under Khatra sub - Division supply scheme for Gargarya (Zone - A) under its adjoining mouzas under Sarenga water supply scheme (BRGF ph - I project) dist - Bankura under Khatra Sadar Sub - Division of Bankura Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>VCH/002907/2021-2022</t>
+  </si>
+  <si>
+    <t>FHTC/21</t>
+  </si>
+  <si>
+    <t>21/03/2022</t>
+  </si>
+  <si>
+    <t>PRADYUMNA KOLEY</t>
+  </si>
+  <si>
+    <t>Laying extra UPVC pipe lineto cover Sitarampur (352) mouzas for construction and commissioning of FHTC (Funtional House Hold Tap Connection' in connection with Jal Jeevan Mission (JJM) and JAL SWAPNA of by Gargarya Zone- A and its adjoining mouzas under Sarenga water supply scheme (BRGF Ph-I) at Block- Sarenga Dist.- Bankura under Jal Swapna &amp; Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>VCH/002982/2021-2022</t>
+  </si>
+  <si>
+    <t>FHTC/24</t>
+  </si>
+  <si>
+    <t>24/03/2022</t>
+  </si>
+  <si>
+    <t>TAPAN KUMAR UPADHYAY</t>
+  </si>
+  <si>
+    <t>laying extra HDPE pipe line to increase pressure at Dangarpara (293) Agaya (350) mouza for construction and commissioning of 'FHTC (Funtional House Hold Tap Connection' in connection with Jal Jeevan Mission (JJM) and JAL SWAPNA of under Khatra sub - Division supply scheme for Gargarya (Zone - A) under its adjoining mouzas under Sarenga water supply scheme (BRGF ph - I project) dist - Bankura under Khatra Sadar Sub - Division of Bankura Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>VCH/002908/2021-2022</t>
+  </si>
+  <si>
+    <t>Household survey in Construction and commissioning of FHTC (Functional House Hold Tap Connection) in Dangarpara (293), Jamrepara (295), Debgram (296), Agaya (350), Ampata (351) &amp; Sitarampur (352) mouzas by retrofitting of Water Supply Scheme for Gargarya, Zone-A and its adjoining Mouzas under Sarenga Water Supply Scheme (BRGF Ph-I) at Block- Sarenga, Dist.- Bankura under Jal Swapna &amp; Jal Jeevan Mission Programme.</t>
+  </si>
+  <si>
+    <t>VCH/000452/2022-2023</t>
+  </si>
+  <si>
+    <t>24/06/2022</t>
+  </si>
+  <si>
+    <t>Retrofitting works for creation of 'FHTC (Funtional House Hold Tap Connection)' in connection with Jal Jeevan Mission (JJM) and JAL SWAPNA of Amrul Zone - A W/S Scheme (BRGF ph - I project) under Bishnupur Sub - Division of Bankura Division, PHE Dte. Block - Indas, Name of OHR - Amrul, No. of Mouza :- 10 nos. i.e. Gangabati-32, Maurui-33, Bhagabanbati-34, Nunduri-35, Bajitpur-36, Bangalchwak-37, Keneti-50, Panchkona-51, Amrul-52 &amp; Abdulpur-53, Total House Hold - 2627</t>
+  </si>
+  <si>
+    <t>VCH/002441/2021-2022</t>
+  </si>
+  <si>
+    <t>FHTC/18</t>
+  </si>
+  <si>
+    <t>18/02/2022</t>
+  </si>
+  <si>
+    <t>KHAN ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Construction and commissioning of FHTC (Functional House Hold Tap Connection) in Dangarpara (293), Agaya (350), Ampata (351) mouzas by retrofitting of Water Supply Scheme for Gargarya, Zone-A and its adjoining Mouzas under Sarenga Water Supply Scheme (BRGF Ph-I) at Block- Sarenga, Dist.- Bankura under Jal Swapna &amp; Jal Jeevan Mission Programme.</t>
+  </si>
+  <si>
+    <t>VCH/000644/2022-2023</t>
+  </si>
+  <si>
+    <t>FHTC/14</t>
+  </si>
+  <si>
+    <t>14/07/2022</t>
+  </si>
+  <si>
+    <t>COSMIC CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Laying extra UPVC pipe lineto cover Debgram (296) mouzas for construction and commissioning of 'FHTC (Funtional House Hold Tap Connection' in connection with Jal Jeevan Mission (JJM) and JAL SWAPNA of Gargarya zone - A under its adjoining mouzas under Sarenga water supply scheme (BRGF ph - I project) at block - Sarenga dist - Bankura under Khatra Sadar Sub - Division of Bankura Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>VCH/002956/2021-2022</t>
+  </si>
+  <si>
+    <t>Construction and commissioning of FHTC (Functional House Hold Tap Connection) in Dangarpara (293), Agaya (350) &amp; Ampata (351) mouzas by retrofitting of Water Supply Scheme for Gargarya, Zone-A and its adjoining Mouzas under Sarenga Water Supply Scheme (BRGF Ph-I) at Block- Sarenga, Dist.- Bankura under Jal Swapna &amp; Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, P.H.E. Dte. Total Mouza:- 3 Nos. Total Household:- 265 Nos.</t>
+  </si>
+  <si>
+    <t>ORD/000198/2021-2022</t>
+  </si>
+  <si>
+    <t>3017/BQA</t>
+  </si>
+  <si>
+    <t>SUBHADIP KOLEY</t>
+  </si>
+  <si>
     <t>Construction and commissioning of ¿FHTC (Functional House Hold Tap Connection)¿ in Sitarampur (352) mouzas by retrofitting of Water Supply Scheme for Gargarya, Zone-A and its adjoining Mouzas under Sarenga Water Supply Scheme (BRGF Ph-I) at Block- Sarenga, Dist.- Bankura under Jal Swapna &amp; Jal Jeevan Mission Programme under Khatra Sub-Division of Bankura Division, P.H.E. Dte. Total Mouza:- 1 No. Total Household:- 279 Nos.</t>
   </si>
   <si>
-    <t>Junior Engineer</t>
-[...1 lines deleted...]
-  <si>
     <t>ORD/000202/2021-2022</t>
   </si>
   <si>
     <t>3020/BQA</t>
-  </si>
-[...181 lines deleted...]
-    <t>SUBHADIP KOLEY</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -872,57 +872,57 @@
         <v>24</v>
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
-        <v>12.6</v>
+        <v>12.79</v>
       </c>
       <c r="Q3" s="4">
-        <v>1.23</v>
+        <v>1.61</v>
       </c>
       <c r="R3" s="4">
-        <v>9.79</v>
+        <v>12.59</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -931,285 +931,283 @@
         <v>24</v>
       </c>
       <c r="H4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="P4" s="4">
-        <v>12.79</v>
+        <v>10.53</v>
       </c>
       <c r="Q4" s="4">
-        <v>1.61</v>
+        <v>1.14</v>
       </c>
       <c r="R4" s="4">
-        <v>12.59</v>
+        <v>10.82</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="P5" s="4">
-        <v>10.53</v>
+        <v>0.34</v>
       </c>
       <c r="Q5" s="4">
-        <v>1.14</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>10.82</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="P6" s="4">
-        <v>0.34</v>
+        <v>1.2</v>
       </c>
       <c r="Q6" s="4">
-        <v>0</v>
+        <v>1.13</v>
       </c>
       <c r="R6" s="4">
-        <v>0</v>
+        <v>94.3</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I7" s="13"/>
-      <c r="J7" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="P7" s="4">
-        <v>1.2</v>
+        <v>34.9</v>
       </c>
       <c r="Q7" s="4">
-        <v>1.13</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>94.3</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="P8" s="4">
-        <v>34.9</v>
+        <v>2.01</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
@@ -1219,518 +1217,520 @@
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="P9" s="4">
-        <v>2.01</v>
+        <v>3.36</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P10" s="4">
-        <v>3.36</v>
+        <v>0.94</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="P11" s="4">
-        <v>0.94</v>
+        <v>3.28</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="M12" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="L12" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N12" s="4" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>64</v>
+        <v>41</v>
       </c>
       <c r="P12" s="4">
-        <v>3.28</v>
+        <v>0.34</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>71</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L13" s="4" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="P13" s="4">
-        <v>0.34</v>
+        <v>145.4</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="P14" s="4">
-        <v>145.4</v>
+        <v>2.88</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>83</v>
+        <v>35</v>
       </c>
       <c r="P15" s="4">
-        <v>2.88</v>
+        <v>4.61</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="I16" s="13"/>
+      <c r="J16" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="K16" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="I16" s="13"/>
-[...1 lines deleted...]
-      <c r="K16" s="4" t="s">
+      <c r="L16" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="L16" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M16" s="4" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="O16" s="4" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="P16" s="4">
-        <v>4.61</v>
+        <v>11.23</v>
       </c>
       <c r="Q16" s="4">
-        <v>0</v>
+        <v>2.32</v>
       </c>
       <c r="R16" s="4">
-        <v>0</v>
+        <v>20.64</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I17" s="13"/>
       <c r="J17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="P17" s="4">
-        <v>11.23</v>
+        <v>12.6</v>
       </c>
       <c r="Q17" s="4">
-        <v>2.32</v>
+        <v>1.23</v>
       </c>
       <c r="R17" s="4">
-        <v>20.64</v>
+        <v>9.79</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>90</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>