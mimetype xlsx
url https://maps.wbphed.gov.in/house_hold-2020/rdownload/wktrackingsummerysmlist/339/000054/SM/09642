--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -875,54 +875,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>12.79</v>
       </c>
       <c r="Q3" s="4">
-        <v>1.61</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>12.59</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -934,54 +934,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="P4" s="4">
         <v>10.53</v>
       </c>
       <c r="Q4" s="4">
-        <v>1.14</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>10.82</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1052,54 +1052,54 @@
         <v>42</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P6" s="4">
         <v>1.2</v>
       </c>
       <c r="Q6" s="4">
-        <v>1.13</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>94.3</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1624,54 +1624,54 @@
         <v>83</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P16" s="4">
         <v>11.23</v>
       </c>
       <c r="Q16" s="4">
-        <v>2.32</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>20.64</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1683,88 +1683,88 @@
         <v>87</v>
       </c>
       <c r="I17" s="13"/>
       <c r="J17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P17" s="4">
         <v>12.6</v>
       </c>
       <c r="Q17" s="4">
-        <v>1.23</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>9.79</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>90</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>246.42</v>
       </c>
       <c r="P18" s="8">
-        <v>7.43</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>3.01</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>