--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1144,54 +1144,54 @@
         <v>54</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P9" s="4">
         <v>7.96</v>
       </c>
       <c r="Q9" s="4">
-        <v>7.66</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>96.3</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1205,88 +1205,88 @@
       <c r="I10" s="13" t="s">
         <v>60</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P10" s="4">
         <v>68.16</v>
       </c>
       <c r="Q10" s="4">
-        <v>17.94</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>26.32</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>50</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>65</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>270.88</v>
       </c>
       <c r="P11" s="8">
-        <v>25.6</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>9.45</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>