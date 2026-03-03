--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -767,54 +767,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>0.76</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.76</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -826,54 +826,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>121.49</v>
       </c>
       <c r="Q4" s="4">
-        <v>121.47</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1001,88 +1001,88 @@
         <v>49</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P7" s="4">
         <v>5.69</v>
       </c>
       <c r="Q7" s="4">
-        <v>5.55</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>97.52</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>54</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>168.25</v>
       </c>
       <c r="P8" s="8">
-        <v>127.77</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>