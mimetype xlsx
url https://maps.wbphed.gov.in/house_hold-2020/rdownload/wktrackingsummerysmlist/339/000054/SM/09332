--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -701,88 +701,88 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>57.88</v>
       </c>
       <c r="Q3" s="4">
-        <v>41.71</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>72.07</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="11"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="14"/>
       <c r="I4" s="14"/>
       <c r="J4" s="14"/>
       <c r="K4" s="8"/>
       <c r="L4" s="8"/>
       <c r="M4" s="8"/>
       <c r="N4" s="8"/>
       <c r="O4" s="8">
         <v>57.88</v>
       </c>
       <c r="P4" s="8">
-        <v>41.71</v>
+        <v>0</v>
       </c>
       <c r="Q4" s="8">
-        <v>72.07</v>
+        <v>0</v>
       </c>
       <c r="R4" s="8"/>
       <c r="S4" s="8"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A4:N4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>