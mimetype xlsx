--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1043,54 +1043,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>26.92</v>
       </c>
       <c r="Q3" s="4">
-        <v>8.61</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>31.99</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1220,54 +1220,54 @@
         <v>40</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P6" s="4">
         <v>48.49</v>
       </c>
       <c r="Q6" s="4">
-        <v>39.79</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>82.07</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1692,54 +1692,54 @@
         <v>68</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>35</v>
       </c>
       <c r="P14" s="4">
         <v>4.97</v>
       </c>
       <c r="Q14" s="4">
-        <v>4.97</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.88</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2608,54 +2608,54 @@
         <v>122</v>
       </c>
       <c r="I30" s="13"/>
       <c r="J30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>125</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P30" s="4">
         <v>49.26</v>
       </c>
       <c r="Q30" s="4">
-        <v>24.83</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>50.39</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2667,54 +2667,54 @@
         <v>127</v>
       </c>
       <c r="I31" s="13"/>
       <c r="J31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>128</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>129</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P31" s="4">
         <v>4.04</v>
       </c>
       <c r="Q31" s="4">
-        <v>4.01</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>99.36</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>0</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2901,88 +2901,88 @@
       <c r="I35" s="13" t="s">
         <v>116</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P35" s="4">
         <v>30.54</v>
       </c>
       <c r="Q35" s="4">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>68.77</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>30</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="7" t="s">
         <v>146</v>
       </c>
       <c r="B36" s="7"/>
       <c r="C36" s="7"/>
       <c r="D36" s="7"/>
       <c r="E36" s="11"/>
       <c r="F36" s="7"/>
       <c r="G36" s="7"/>
       <c r="H36" s="14"/>
       <c r="I36" s="14"/>
       <c r="J36" s="14"/>
       <c r="K36" s="8"/>
       <c r="L36" s="8"/>
       <c r="M36" s="8"/>
       <c r="N36" s="8"/>
       <c r="O36" s="8">
         <v>629.59</v>
       </c>
       <c r="P36" s="8">
-        <v>103.21</v>
+        <v>0</v>
       </c>
       <c r="Q36" s="8">
-        <v>16.39</v>
+        <v>0</v>
       </c>
       <c r="R36" s="8"/>
       <c r="S36" s="8"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A36:N36"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>