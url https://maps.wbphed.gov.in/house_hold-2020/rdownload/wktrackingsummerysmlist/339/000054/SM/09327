--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -1097,54 +1097,54 @@
         <v>40</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P6" s="4">
         <v>34.39</v>
       </c>
       <c r="Q6" s="4">
-        <v>34.24</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.58</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1156,54 +1156,54 @@
         <v>44</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P7" s="4">
         <v>4.96</v>
       </c>
       <c r="Q7" s="4">
-        <v>4.96</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1952,54 +1952,54 @@
         <v>84</v>
       </c>
       <c r="I21" s="13"/>
       <c r="J21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P21" s="4">
         <v>40.68</v>
       </c>
       <c r="Q21" s="4">
-        <v>11.79</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>28.99</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2011,54 +2011,54 @@
         <v>94</v>
       </c>
       <c r="I22" s="13"/>
       <c r="J22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>35</v>
       </c>
       <c r="P22" s="4">
         <v>4.1</v>
       </c>
       <c r="Q22" s="4">
-        <v>4.1</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>100.01</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2070,54 +2070,54 @@
         <v>99</v>
       </c>
       <c r="I23" s="13"/>
       <c r="J23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P23" s="4">
         <v>4.98</v>
       </c>
       <c r="Q23" s="4">
-        <v>4.96</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>99.58</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2129,88 +2129,88 @@
         <v>102</v>
       </c>
       <c r="I24" s="13"/>
       <c r="J24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P24" s="4">
         <v>4.8</v>
       </c>
       <c r="Q24" s="4">
-        <v>4.77</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>99.21</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
         <v>105</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>456.24</v>
       </c>
       <c r="P25" s="8">
-        <v>64.82</v>
+        <v>0</v>
       </c>
       <c r="Q25" s="8">
-        <v>14.21</v>
+        <v>0</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>