--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -905,54 +905,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>0.68</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.17</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>24.67</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -964,54 +964,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>4.97</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.96</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.77</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1595,54 +1595,54 @@
         <v>72</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P15" s="4">
         <v>101.36</v>
       </c>
       <c r="Q15" s="4">
-        <v>37.77</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>37.26</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1654,54 +1654,54 @@
         <v>78</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P16" s="4">
         <v>29.71</v>
       </c>
       <c r="Q16" s="4">
-        <v>14.97</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>50.4</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1981,54 +1981,54 @@
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="7" t="s">
         <v>100</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="11"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8">
         <v>307.83</v>
       </c>
       <c r="P22" s="8">
-        <v>57.87</v>
+        <v>0</v>
       </c>
       <c r="Q22" s="8">
-        <v>18.8</v>
+        <v>0</v>
       </c>
       <c r="R22" s="8"/>
       <c r="S22" s="8"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A22:N22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>