--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -2477,88 +2477,88 @@
         <v>104</v>
       </c>
       <c r="I30" s="13"/>
       <c r="J30" s="13" t="s">
         <v>105</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P30" s="4">
         <v>127.31</v>
       </c>
       <c r="Q30" s="4">
-        <v>41.08</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>32.27</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="7" t="s">
         <v>111</v>
       </c>
       <c r="B31" s="7"/>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
       <c r="E31" s="11"/>
       <c r="F31" s="7"/>
       <c r="G31" s="7"/>
       <c r="H31" s="14"/>
       <c r="I31" s="14"/>
       <c r="J31" s="14"/>
       <c r="K31" s="8"/>
       <c r="L31" s="8"/>
       <c r="M31" s="8"/>
       <c r="N31" s="8"/>
       <c r="O31" s="8">
         <v>514.91</v>
       </c>
       <c r="P31" s="8">
-        <v>41.08</v>
+        <v>0</v>
       </c>
       <c r="Q31" s="8">
-        <v>7.98</v>
+        <v>0</v>
       </c>
       <c r="R31" s="8"/>
       <c r="S31" s="8"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A31:N31"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>