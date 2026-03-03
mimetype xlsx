--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -1007,54 +1007,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>4.77</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.43</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>8.95</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1066,54 +1066,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="P4" s="4">
         <v>4.79</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>20.46</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1184,54 +1184,54 @@
         <v>25</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P6" s="4">
         <v>4.74</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.86</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>18.06</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1243,54 +1243,54 @@
         <v>25</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P7" s="4">
         <v>4.74</v>
       </c>
       <c r="Q7" s="4">
-        <v>1.14</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>24.14</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1361,54 +1361,54 @@
         <v>53</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P9" s="4">
         <v>3</v>
       </c>
       <c r="Q9" s="4">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1420,54 +1420,54 @@
         <v>57</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P10" s="4">
         <v>2.41</v>
       </c>
       <c r="Q10" s="4">
-        <v>2.4</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>99.54</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -2334,54 +2334,54 @@
         <v>110</v>
       </c>
       <c r="I26" s="13"/>
       <c r="J26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P26" s="4">
         <v>4.74</v>
       </c>
       <c r="Q26" s="4">
-        <v>1.78</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>37.51</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2393,54 +2393,54 @@
         <v>113</v>
       </c>
       <c r="I27" s="13"/>
       <c r="J27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P27" s="4">
         <v>4.83</v>
       </c>
       <c r="Q27" s="4">
-        <v>1.07</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>22.23</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2452,54 +2452,54 @@
         <v>113</v>
       </c>
       <c r="I28" s="13"/>
       <c r="J28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>119</v>
       </c>
       <c r="P28" s="4">
         <v>4.83</v>
       </c>
       <c r="Q28" s="4">
-        <v>1.77</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>36.71</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2511,54 +2511,54 @@
         <v>113</v>
       </c>
       <c r="I29" s="13"/>
       <c r="J29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P29" s="4">
         <v>4.83</v>
       </c>
       <c r="Q29" s="4">
-        <v>0.62</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>12.81</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2570,54 +2570,54 @@
         <v>113</v>
       </c>
       <c r="I30" s="13"/>
       <c r="J30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P30" s="4">
         <v>4.83</v>
       </c>
       <c r="Q30" s="4">
-        <v>1.04</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>21.6</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2724,54 +2724,54 @@
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="7" t="s">
         <v>134</v>
       </c>
       <c r="B33" s="7"/>
       <c r="C33" s="7"/>
       <c r="D33" s="7"/>
       <c r="E33" s="11"/>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="14"/>
       <c r="I33" s="14"/>
       <c r="J33" s="14"/>
       <c r="K33" s="8"/>
       <c r="L33" s="8"/>
       <c r="M33" s="8"/>
       <c r="N33" s="8"/>
       <c r="O33" s="8">
         <v>137.27</v>
       </c>
       <c r="P33" s="8">
-        <v>15.1</v>
+        <v>0</v>
       </c>
       <c r="Q33" s="8">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="R33" s="8"/>
       <c r="S33" s="8"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A33:N33"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>