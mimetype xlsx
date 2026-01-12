--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -180,50 +180,68 @@
     <t>GOPAL CHANDRA CHOWDHURY</t>
   </si>
   <si>
     <t>Creation of Balance 'FHTC' &amp; construction of Platfrom of Existing 'FHTC' (Funtional House Hold Tap Connection) in connection with Jal Jeevan Mission (JJM) for Augmentation of Surface Water Based Piped W/S Scheme for SANABUNDH, KARGAHIR and Adjoining Mouzas (JJM Revision) under Bankura Sadar Sub - Division of Bankura Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000150/2023-2024</t>
   </si>
   <si>
     <t>1350/BQA</t>
   </si>
   <si>
     <t>02/06/2023</t>
   </si>
   <si>
     <t>Augmentation of Surface water based piped water supply scheme for Sanabundh, Kargahir and Adjoining Mouzas (JJM Revision) under Bankura Sadar Sub - Division of Bankura Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000506/2023-2024</t>
   </si>
   <si>
     <t>2355/BQA</t>
   </si>
   <si>
     <t>14/08/2023</t>
+  </si>
+  <si>
+    <t>Acceptance cum Formal work order for the work of Providing and installation of High lift pumping machineries and other electromechanical accessories for Augmentation od surface water based piped water supply scheme for Sanband, Kargahir and adjoining mouza under Bankura Mechanical Division PHE Dte Block-Bankura-I Dist -Bankura.</t>
+  </si>
+  <si>
+    <t>ORD/000192/2023-2024</t>
+  </si>
+  <si>
+    <t>1015/BMD</t>
+  </si>
+  <si>
+    <t>22/05/2023</t>
+  </si>
+  <si>
+    <t>11/05/2025</t>
+  </si>
+  <si>
+    <t>M.S. ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -612,51 +630,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W9"/>
+  <dimension ref="A1:W10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="65.983887" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1082,87 +1100,148 @@
       </c>
       <c r="N8" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P8" s="4">
         <v>102.5</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>87</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
-      <c r="A9" s="7" t="s">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
         <v>56</v>
       </c>
-      <c r="B9" s="7"/>
-[...22 lines deleted...]
-      <c r="S9" s="8"/>
+      <c r="I9" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="P9" s="4">
+        <v>43.65</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>34.65</v>
+      </c>
+      <c r="R9" s="4">
+        <v>79.38</v>
+      </c>
+      <c r="S9" s="4">
+        <v>100</v>
+      </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="7"/>
+      <c r="H10" s="14"/>
+      <c r="I10" s="14"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="8"/>
+      <c r="L10" s="8"/>
+      <c r="M10" s="8"/>
+      <c r="N10" s="8"/>
+      <c r="O10" s="8">
+        <v>618.44</v>
+      </c>
+      <c r="P10" s="8">
+        <v>433.41</v>
+      </c>
+      <c r="Q10" s="8">
+        <v>70.08</v>
+      </c>
+      <c r="R10" s="8"/>
+      <c r="S10" s="8"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A9:N9"/>
+    <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>