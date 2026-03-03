--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -791,54 +791,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>1.85</v>
       </c>
       <c r="Q3" s="4">
-        <v>1.85</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -964,54 +964,54 @@
       <c r="I6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>395.61</v>
       </c>
       <c r="Q6" s="4">
-        <v>355.94</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>89.97</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>86</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1025,54 +1025,54 @@
       <c r="I7" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P7" s="4">
         <v>72.42</v>
       </c>
       <c r="Q7" s="4">
-        <v>40.97</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>56.57</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>94</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1147,88 +1147,88 @@
       <c r="I9" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P9" s="4">
         <v>43.65</v>
       </c>
       <c r="Q9" s="4">
-        <v>34.65</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>79.38</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>618.44</v>
       </c>
       <c r="P10" s="8">
-        <v>433.41</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>70.08</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>