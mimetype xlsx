--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -3079,54 +3079,54 @@
         <v>43</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P7" s="4">
         <v>12.24</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.76</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>6.17</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -3138,54 +3138,54 @@
         <v>49</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P8" s="4">
         <v>12.28</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.77</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>6.25</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -3256,54 +3256,54 @@
         <v>56</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P10" s="4">
         <v>36.83</v>
       </c>
       <c r="Q10" s="4">
-        <v>49.26</v>
+        <v>24.63</v>
       </c>
       <c r="R10" s="4">
-        <v>133.77</v>
+        <v>66.88</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -3551,54 +3551,54 @@
         <v>79</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P15" s="4">
         <v>40.2</v>
       </c>
       <c r="Q15" s="4">
-        <v>3.41</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>8.47</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -3610,54 +3610,54 @@
         <v>82</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P16" s="4">
         <v>13.71</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.86</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>6.27</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -3669,54 +3669,54 @@
         <v>86</v>
       </c>
       <c r="I17" s="13"/>
       <c r="J17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P17" s="4">
         <v>12.37</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.09</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>0.74</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -3964,54 +3964,54 @@
         <v>110</v>
       </c>
       <c r="I22" s="13"/>
       <c r="J22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P22" s="4">
         <v>4.56</v>
       </c>
       <c r="Q22" s="4">
-        <v>0.76</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>16.61</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -6712,54 +6712,54 @@
         <v>262</v>
       </c>
       <c r="I70" s="13"/>
       <c r="J70" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>263</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>264</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>265</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>266</v>
       </c>
       <c r="O70" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P70" s="4">
         <v>2.6</v>
       </c>
       <c r="Q70" s="4">
-        <v>2.59</v>
+        <v>0</v>
       </c>
       <c r="R70" s="4">
-        <v>99.46</v>
+        <v>0</v>
       </c>
       <c r="S70" s="4">
         <v>0</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
@@ -7125,54 +7125,54 @@
         <v>285</v>
       </c>
       <c r="I77" s="13"/>
       <c r="J77" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>286</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>287</v>
       </c>
       <c r="M77" s="4" t="s">
         <v>221</v>
       </c>
       <c r="N77" s="4" t="s">
         <v>241</v>
       </c>
       <c r="O77" s="4" t="s">
         <v>288</v>
       </c>
       <c r="P77" s="4">
         <v>3.67</v>
       </c>
       <c r="Q77" s="4">
-        <v>3.67</v>
+        <v>0</v>
       </c>
       <c r="R77" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S77" s="4">
         <v>0</v>
       </c>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C78" s="3"/>
       <c r="D78" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
@@ -15374,54 +15374,54 @@
         <v>659</v>
       </c>
       <c r="I222" s="13"/>
       <c r="J222" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K222" s="4" t="s">
         <v>660</v>
       </c>
       <c r="L222" s="4" t="s">
         <v>661</v>
       </c>
       <c r="M222" s="4" t="s">
         <v>662</v>
       </c>
       <c r="N222" s="4" t="s">
         <v>293</v>
       </c>
       <c r="O222" s="4" t="s">
         <v>375</v>
       </c>
       <c r="P222" s="4">
         <v>0.87</v>
       </c>
       <c r="Q222" s="4">
-        <v>0.74</v>
+        <v>0</v>
       </c>
       <c r="R222" s="4">
-        <v>84.23</v>
+        <v>0</v>
       </c>
       <c r="S222" s="4">
         <v>0</v>
       </c>
       <c r="T222" s="1"/>
       <c r="U222" s="1"/>
       <c r="V222" s="1"/>
       <c r="W222" s="1"/>
     </row>
     <row r="223" spans="1:23">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C223" s="3"/>
       <c r="D223" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E223" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F223" s="3" t="s">
         <v>23</v>
@@ -15492,54 +15492,54 @@
         <v>668</v>
       </c>
       <c r="I224" s="13"/>
       <c r="J224" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K224" s="4" t="s">
         <v>669</v>
       </c>
       <c r="L224" s="4" t="s">
         <v>670</v>
       </c>
       <c r="M224" s="4" t="s">
         <v>671</v>
       </c>
       <c r="N224" s="4" t="s">
         <v>672</v>
       </c>
       <c r="O224" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P224" s="4">
         <v>0.86</v>
       </c>
       <c r="Q224" s="4">
-        <v>2.62</v>
+        <v>0</v>
       </c>
       <c r="R224" s="4">
-        <v>304.26</v>
+        <v>0</v>
       </c>
       <c r="S224" s="4">
         <v>20</v>
       </c>
       <c r="T224" s="1"/>
       <c r="U224" s="1"/>
       <c r="V224" s="1"/>
       <c r="W224" s="1"/>
     </row>
     <row r="225" spans="1:23">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C225" s="3"/>
       <c r="D225" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E225" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F225" s="3" t="s">
         <v>23</v>
@@ -15964,54 +15964,54 @@
         <v>700</v>
       </c>
       <c r="I232" s="13"/>
       <c r="J232" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K232" s="4" t="s">
         <v>701</v>
       </c>
       <c r="L232" s="4" t="s">
         <v>702</v>
       </c>
       <c r="M232" s="4" t="s">
         <v>703</v>
       </c>
       <c r="N232" s="4" t="s">
         <v>235</v>
       </c>
       <c r="O232" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P232" s="4">
         <v>4.95</v>
       </c>
       <c r="Q232" s="4">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="R232" s="4">
-        <v>0.25</v>
+        <v>0</v>
       </c>
       <c r="S232" s="4">
         <v>0</v>
       </c>
       <c r="T232" s="1"/>
       <c r="U232" s="1"/>
       <c r="V232" s="1"/>
       <c r="W232" s="1"/>
     </row>
     <row r="233" spans="1:23">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C233" s="3"/>
       <c r="D233" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E233" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F233" s="3" t="s">
         <v>23</v>
@@ -16025,54 +16025,54 @@
       <c r="I233" s="13" t="s">
         <v>677</v>
       </c>
       <c r="J233" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K233" s="4" t="s">
         <v>705</v>
       </c>
       <c r="L233" s="4" t="s">
         <v>706</v>
       </c>
       <c r="M233" s="4" t="s">
         <v>141</v>
       </c>
       <c r="N233" s="4" t="s">
         <v>707</v>
       </c>
       <c r="O233" s="4" t="s">
         <v>708</v>
       </c>
       <c r="P233" s="4">
         <v>135.35</v>
       </c>
       <c r="Q233" s="4">
-        <v>59.06</v>
+        <v>0</v>
       </c>
       <c r="R233" s="4">
-        <v>43.64</v>
+        <v>0</v>
       </c>
       <c r="S233" s="4">
         <v>0</v>
       </c>
       <c r="T233" s="1"/>
       <c r="U233" s="1"/>
       <c r="V233" s="1"/>
       <c r="W233" s="1"/>
     </row>
     <row r="234" spans="1:23">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C234" s="3"/>
       <c r="D234" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E234" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F234" s="3" t="s">
         <v>23</v>
@@ -16200,54 +16200,54 @@
         <v>717</v>
       </c>
       <c r="I236" s="13"/>
       <c r="J236" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K236" s="4" t="s">
         <v>718</v>
       </c>
       <c r="L236" s="4" t="s">
         <v>719</v>
       </c>
       <c r="M236" s="4" t="s">
         <v>720</v>
       </c>
       <c r="N236" s="4" t="s">
         <v>721</v>
       </c>
       <c r="O236" s="4" t="s">
         <v>189</v>
       </c>
       <c r="P236" s="4">
         <v>14.75</v>
       </c>
       <c r="Q236" s="4">
-        <v>26.75</v>
+        <v>13.37</v>
       </c>
       <c r="R236" s="4">
-        <v>181.35</v>
+        <v>90.67</v>
       </c>
       <c r="S236" s="4">
         <v>0</v>
       </c>
       <c r="T236" s="1"/>
       <c r="U236" s="1"/>
       <c r="V236" s="1"/>
       <c r="W236" s="1"/>
     </row>
     <row r="237" spans="1:23">
       <c r="A237" s="3">
         <v>235</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C237" s="3"/>
       <c r="D237" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E237" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F237" s="3" t="s">
         <v>23</v>
@@ -16613,54 +16613,54 @@
         <v>740</v>
       </c>
       <c r="I243" s="13"/>
       <c r="J243" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K243" s="4" t="s">
         <v>741</v>
       </c>
       <c r="L243" s="4" t="s">
         <v>742</v>
       </c>
       <c r="M243" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N243" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O243" s="4" t="s">
         <v>204</v>
       </c>
       <c r="P243" s="4">
         <v>26.36</v>
       </c>
       <c r="Q243" s="4">
-        <v>50.61</v>
+        <v>24.52</v>
       </c>
       <c r="R243" s="4">
-        <v>191.98</v>
+        <v>93</v>
       </c>
       <c r="S243" s="4">
         <v>0</v>
       </c>
       <c r="T243" s="1"/>
       <c r="U243" s="1"/>
       <c r="V243" s="1"/>
       <c r="W243" s="1"/>
     </row>
     <row r="244" spans="1:23">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C244" s="3"/>
       <c r="D244" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E244" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F244" s="3" t="s">
         <v>23</v>
@@ -16706,54 +16706,54 @@
       <c r="U244" s="1"/>
       <c r="V244" s="1"/>
       <c r="W244" s="1"/>
     </row>
     <row r="245" spans="1:23">
       <c r="A245" s="7" t="s">
         <v>746</v>
       </c>
       <c r="B245" s="7"/>
       <c r="C245" s="7"/>
       <c r="D245" s="7"/>
       <c r="E245" s="11"/>
       <c r="F245" s="7"/>
       <c r="G245" s="7"/>
       <c r="H245" s="14"/>
       <c r="I245" s="14"/>
       <c r="J245" s="14"/>
       <c r="K245" s="8"/>
       <c r="L245" s="8"/>
       <c r="M245" s="8"/>
       <c r="N245" s="8"/>
       <c r="O245" s="8">
         <v>2637.72</v>
       </c>
       <c r="P245" s="8">
-        <v>201.95</v>
+        <v>62.52</v>
       </c>
       <c r="Q245" s="8">
-        <v>7.66</v>
+        <v>2.37</v>
       </c>
       <c r="R245" s="8"/>
       <c r="S245" s="8"/>
       <c r="T245" s="1"/>
       <c r="U245" s="1"/>
       <c r="V245" s="1"/>
       <c r="W245" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A245:N245"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>