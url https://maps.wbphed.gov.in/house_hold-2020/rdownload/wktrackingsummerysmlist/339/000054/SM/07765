--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -2327,93 +2327,93 @@
   <si>
     <t>Engagement of 01 (one) no additional vehicle on temporary basis for office of the Executive Engineer, Bankura Division P.H.E Dte in connection with execution of JJM works under Bankura District, For 01/11/2022 to 04/11/2022</t>
   </si>
   <si>
     <t>BILL/02229/2023-2024</t>
   </si>
   <si>
     <t>Retrofitting works for creacion of FHTC (Functional House Hold Tap Connection in connection with Jal Jeevan Misson (JJM) and JAL SWAPNA of Udaypur (Zone - B) under Saltora- Chhatna Block W/S Scheme (BRGF ph - I project) under Bankura Sadar Sub - Division of Bankura Division, PHE Dte. Block - Saltora, Name of OHR:- Udaypur No.of Mouza :- 19 nos , (Bagulia , Nabagram Kalakunda, Shirpuranpur, Ituri, Bharatpur, Chakbaga mahisharabi, Tiluri, Binodpur, Bhaluka Bhadaspur, Bardubi, Udaypur Kashihir, Pahapur, Lakhhankata, Maldiha, Chhatimbari ) Total House Hold - 3163</t>
   </si>
   <si>
     <t>ORD/000079/2021-2022</t>
   </si>
   <si>
     <t>2451/BQA</t>
   </si>
   <si>
     <t>21/09/2021</t>
   </si>
   <si>
     <t>05/11/2021</t>
   </si>
   <si>
     <t>J. D. J. ENTERPRISE</t>
   </si>
   <si>
+    <t>Creation of Balance FHTC (Functional House Hold Tap Connection), construction of platform with allied works for Augmentation of Ranjitpur (Zone - C) under Saltora- Chhatna Block W/S Scheme (BRGF Ph - I project) under Jal Jeevan Mission under Bankura Division, P.H.E. Dte.Block - Saltora, Name of OHR - Ranjitpur, Total House Hold -150 nos.</t>
+  </si>
+  <si>
+    <t>ORD/000688/2022-2023</t>
+  </si>
+  <si>
+    <t>589/BQA</t>
+  </si>
+  <si>
+    <t>20/03/2023</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>Creation of Balance FHTC (Functional House Hold Tap Connection), construction of platform with allied works for Augmentation of HORAKA (Zone - G) under Saltora- Chhatna Block W/S Scheme (BRGF Ph - I project) under Jal Jeevan Mission under Bankura Division, PHE Dte. Block - Saltora, Name of OHR -HORAKA, Total House Hold -100 nos.</t>
+  </si>
+  <si>
+    <t>ORD/000687/2022-2023</t>
+  </si>
+  <si>
+    <t>588/BQA</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>PARAMESWAR CHOWDHURY</t>
+  </si>
+  <si>
     <t>Creation of Balance FHTC (Functional House Hold Tap Connection), construction of platform with allied works for Augmentation of Shyampur (Zone - E) under Saltora- Chhatna Block W/S Scheme (BRGF ph - I project) under Jal Jeevan Mission under Bankura Division, PHE Dte.Block - Saltora, Name of OHR - Shyampur, Total House Hold -400 nos.</t>
   </si>
   <si>
     <t>ORD/000686/2022-2023</t>
   </si>
   <si>
     <t>587/BQA</t>
   </si>
   <si>
-    <t>20/03/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>27/12/2025</t>
   </si>
   <si>
     <t>PRADYUMNA KOLEY</t>
-  </si>
-[...25 lines deleted...]
-    <t>PARAMESWAR CHOWDHURY</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -15528,124 +15528,124 @@
       <c r="G218" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H218" s="13" t="s">
         <v>771</v>
       </c>
       <c r="I218" s="13" t="s">
         <v>506</v>
       </c>
       <c r="J218" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K218" s="4" t="s">
         <v>772</v>
       </c>
       <c r="L218" s="4" t="s">
         <v>773</v>
       </c>
       <c r="M218" s="4" t="s">
         <v>774</v>
       </c>
       <c r="N218" s="4" t="s">
         <v>775</v>
       </c>
       <c r="O218" s="4" t="s">
-        <v>776</v>
+        <v>61</v>
       </c>
       <c r="P218" s="4">
-        <v>90.36</v>
+        <v>77.72</v>
       </c>
       <c r="Q218" s="4">
-        <v>61.37</v>
+        <v>44.59</v>
       </c>
       <c r="R218" s="4">
-        <v>67.92</v>
+        <v>57.36</v>
       </c>
       <c r="S218" s="4">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="T218" s="1"/>
       <c r="U218" s="1"/>
       <c r="V218" s="1"/>
       <c r="W218" s="1"/>
     </row>
     <row r="219" spans="1:23">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C219" s="3"/>
       <c r="D219" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E219" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F219" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G219" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H219" s="13" t="s">
-        <v>777</v>
+        <v>776</v>
       </c>
       <c r="I219" s="13" t="s">
         <v>506</v>
       </c>
       <c r="J219" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K219" s="4" t="s">
+        <v>777</v>
+      </c>
+      <c r="L219" s="4" t="s">
         <v>778</v>
-      </c>
-[...1 lines deleted...]
-        <v>779</v>
       </c>
       <c r="M219" s="4" t="s">
         <v>774</v>
       </c>
       <c r="N219" s="4" t="s">
+        <v>779</v>
+      </c>
+      <c r="O219" s="4" t="s">
         <v>780</v>
       </c>
-      <c r="O219" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P219" s="4">
-        <v>77.72</v>
+        <v>77.99</v>
       </c>
       <c r="Q219" s="4">
-        <v>44.59</v>
+        <v>55.09</v>
       </c>
       <c r="R219" s="4">
-        <v>57.36</v>
+        <v>70.65</v>
       </c>
       <c r="S219" s="4">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="T219" s="1"/>
       <c r="U219" s="1"/>
       <c r="V219" s="1"/>
       <c r="W219" s="1"/>
     </row>
     <row r="220" spans="1:23">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C220" s="3"/>
       <c r="D220" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E220" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F220" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G220" s="3" t="s">
         <v>24</v>
@@ -15653,60 +15653,60 @@
       <c r="H220" s="13" t="s">
         <v>781</v>
       </c>
       <c r="I220" s="13" t="s">
         <v>506</v>
       </c>
       <c r="J220" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K220" s="4" t="s">
         <v>782</v>
       </c>
       <c r="L220" s="4" t="s">
         <v>783</v>
       </c>
       <c r="M220" s="4" t="s">
         <v>774</v>
       </c>
       <c r="N220" s="4" t="s">
         <v>784</v>
       </c>
       <c r="O220" s="4" t="s">
         <v>785</v>
       </c>
       <c r="P220" s="4">
-        <v>77.99</v>
+        <v>90.36</v>
       </c>
       <c r="Q220" s="4">
-        <v>55.09</v>
+        <v>61.37</v>
       </c>
       <c r="R220" s="4">
-        <v>70.65</v>
+        <v>67.92</v>
       </c>
       <c r="S220" s="4">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="T220" s="1"/>
       <c r="U220" s="1"/>
       <c r="V220" s="1"/>
       <c r="W220" s="1"/>
     </row>
     <row r="221" spans="1:23">
       <c r="A221" s="7" t="s">
         <v>786</v>
       </c>
       <c r="B221" s="7"/>
       <c r="C221" s="7"/>
       <c r="D221" s="7"/>
       <c r="E221" s="11"/>
       <c r="F221" s="7"/>
       <c r="G221" s="7"/>
       <c r="H221" s="14"/>
       <c r="I221" s="14"/>
       <c r="J221" s="14"/>
       <c r="K221" s="8"/>
       <c r="L221" s="8"/>
       <c r="M221" s="8"/>
       <c r="N221" s="8"/>
       <c r="O221" s="8">
         <v>2262.56</v>