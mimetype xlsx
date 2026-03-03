--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -3022,54 +3022,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="P4" s="4">
         <v>4.35</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.93</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>21.4</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -3081,54 +3081,54 @@
         <v>36</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P5" s="4">
         <v>4.81</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.37</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>7.75</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -3140,54 +3140,54 @@
         <v>40</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P6" s="4">
         <v>4.58</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.26</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>5.61</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -3848,54 +3848,54 @@
         <v>91</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P18" s="4">
         <v>4.84</v>
       </c>
       <c r="Q18" s="4">
-        <v>0.77</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>15.82</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -3907,54 +3907,54 @@
         <v>95</v>
       </c>
       <c r="I19" s="13"/>
       <c r="J19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P19" s="4">
         <v>35.5</v>
       </c>
       <c r="Q19" s="4">
-        <v>35.49</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -3966,54 +3966,54 @@
         <v>99</v>
       </c>
       <c r="I20" s="13"/>
       <c r="J20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P20" s="4">
         <v>31.14</v>
       </c>
       <c r="Q20" s="4">
-        <v>30.36</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>97.49</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -4143,54 +4143,54 @@
         <v>110</v>
       </c>
       <c r="I23" s="13"/>
       <c r="J23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P23" s="4">
         <v>14.21</v>
       </c>
       <c r="Q23" s="4">
-        <v>14.21</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -4202,54 +4202,54 @@
         <v>114</v>
       </c>
       <c r="I24" s="13"/>
       <c r="J24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P24" s="4">
         <v>158.66</v>
       </c>
       <c r="Q24" s="4">
-        <v>83.21</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>52.45</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -4261,54 +4261,54 @@
         <v>118</v>
       </c>
       <c r="I25" s="13"/>
       <c r="J25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>121</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P25" s="4">
         <v>41.34</v>
       </c>
       <c r="Q25" s="4">
-        <v>41.34</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -5185,54 +5185,54 @@
         <v>180</v>
       </c>
       <c r="I41" s="13"/>
       <c r="J41" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>181</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>182</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>183</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>184</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>151</v>
       </c>
       <c r="P41" s="4">
         <v>4.77</v>
       </c>
       <c r="Q41" s="4">
-        <v>4.77</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -5303,54 +5303,54 @@
         <v>190</v>
       </c>
       <c r="I43" s="13"/>
       <c r="J43" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>191</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>192</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>193</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>194</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>195</v>
       </c>
       <c r="P43" s="4">
         <v>4.5</v>
       </c>
       <c r="Q43" s="4">
-        <v>4.49</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>99.82</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>0</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -5362,54 +5362,54 @@
         <v>196</v>
       </c>
       <c r="I44" s="13"/>
       <c r="J44" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>197</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>198</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P44" s="4">
         <v>4.78</v>
       </c>
       <c r="Q44" s="4">
-        <v>0.59</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>12.43</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>0</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -5421,54 +5421,54 @@
         <v>199</v>
       </c>
       <c r="I45" s="13"/>
       <c r="J45" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>200</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>201</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>195</v>
       </c>
       <c r="P45" s="4">
         <v>4.8</v>
       </c>
       <c r="Q45" s="4">
-        <v>0.29</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>6.09</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>0</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -5480,54 +5480,54 @@
         <v>202</v>
       </c>
       <c r="I46" s="13"/>
       <c r="J46" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>203</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>204</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>195</v>
       </c>
       <c r="P46" s="4">
         <v>4.79</v>
       </c>
       <c r="Q46" s="4">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>9.96</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>0</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -5539,54 +5539,54 @@
         <v>205</v>
       </c>
       <c r="I47" s="13"/>
       <c r="J47" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>206</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>207</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>157</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>158</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>208</v>
       </c>
       <c r="P47" s="4">
         <v>7.41</v>
       </c>
       <c r="Q47" s="4">
-        <v>7.41</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>0</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -5657,54 +5657,54 @@
         <v>212</v>
       </c>
       <c r="I49" s="13"/>
       <c r="J49" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>213</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>214</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>166</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>167</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>171</v>
       </c>
       <c r="P49" s="4">
         <v>4.99</v>
       </c>
       <c r="Q49" s="4">
-        <v>4.91</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>98.47</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>0</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -5716,54 +5716,54 @@
         <v>215</v>
       </c>
       <c r="I50" s="13"/>
       <c r="J50" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>216</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>217</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>218</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P50" s="4">
         <v>2.53</v>
       </c>
       <c r="Q50" s="4">
-        <v>2.42</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>95.34</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>0</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -5775,54 +5775,54 @@
         <v>219</v>
       </c>
       <c r="I51" s="13"/>
       <c r="J51" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>220</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>221</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>193</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>194</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>195</v>
       </c>
       <c r="P51" s="4">
         <v>2.89</v>
       </c>
       <c r="Q51" s="4">
-        <v>2.87</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>99.61</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>0</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -5834,54 +5834,54 @@
         <v>222</v>
       </c>
       <c r="I52" s="13"/>
       <c r="J52" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>223</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>224</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>193</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>194</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>195</v>
       </c>
       <c r="P52" s="4">
         <v>4.73</v>
       </c>
       <c r="Q52" s="4">
-        <v>4.73</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>99.92</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>0</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -5893,54 +5893,54 @@
         <v>225</v>
       </c>
       <c r="I53" s="13"/>
       <c r="J53" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>226</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>227</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>218</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>228</v>
       </c>
       <c r="P53" s="4">
         <v>2.47</v>
       </c>
       <c r="Q53" s="4">
-        <v>2.47</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S53" s="4">
         <v>0</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
@@ -5952,54 +5952,54 @@
         <v>229</v>
       </c>
       <c r="I54" s="13"/>
       <c r="J54" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>230</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>231</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>232</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P54" s="4">
         <v>1.63</v>
       </c>
       <c r="Q54" s="4">
-        <v>1.62</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>99.06</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>0</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -6011,54 +6011,54 @@
         <v>233</v>
       </c>
       <c r="I55" s="13"/>
       <c r="J55" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>234</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>235</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>232</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P55" s="4">
         <v>4.78</v>
       </c>
       <c r="Q55" s="4">
-        <v>3.83</v>
+        <v>0</v>
       </c>
       <c r="R55" s="4">
-        <v>80.09</v>
+        <v>0</v>
       </c>
       <c r="S55" s="4">
         <v>0</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
@@ -6070,54 +6070,54 @@
         <v>236</v>
       </c>
       <c r="I56" s="13"/>
       <c r="J56" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>237</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>238</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>232</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P56" s="4">
         <v>4.2</v>
       </c>
       <c r="Q56" s="4">
-        <v>4.17</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>99.35</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
         <v>0</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
@@ -6129,54 +6129,54 @@
         <v>239</v>
       </c>
       <c r="I57" s="13"/>
       <c r="J57" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>240</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>241</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>232</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P57" s="4">
         <v>4.22</v>
       </c>
       <c r="Q57" s="4">
-        <v>4.17</v>
+        <v>0</v>
       </c>
       <c r="R57" s="4">
-        <v>98.67</v>
+        <v>0</v>
       </c>
       <c r="S57" s="4">
         <v>0</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
@@ -6188,54 +6188,54 @@
         <v>242</v>
       </c>
       <c r="I58" s="13"/>
       <c r="J58" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>243</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>244</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N58" s="4" t="s">
         <v>232</v>
       </c>
       <c r="O58" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P58" s="4">
         <v>4.97</v>
       </c>
       <c r="Q58" s="4">
-        <v>4.57</v>
+        <v>0</v>
       </c>
       <c r="R58" s="4">
-        <v>92.01</v>
+        <v>0</v>
       </c>
       <c r="S58" s="4">
         <v>0</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
@@ -6247,54 +6247,54 @@
         <v>245</v>
       </c>
       <c r="I59" s="13"/>
       <c r="J59" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>246</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>247</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P59" s="4">
         <v>4.77</v>
       </c>
       <c r="Q59" s="4">
-        <v>0.38</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>8.04</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>0</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -6306,54 +6306,54 @@
         <v>248</v>
       </c>
       <c r="I60" s="13"/>
       <c r="J60" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>249</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>250</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>251</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>252</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P60" s="4">
         <v>4.8</v>
       </c>
       <c r="Q60" s="4">
-        <v>4.8</v>
+        <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>0</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
@@ -6365,54 +6365,54 @@
         <v>253</v>
       </c>
       <c r="I61" s="13"/>
       <c r="J61" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>254</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>255</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>256</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>257</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P61" s="4">
         <v>3.79</v>
       </c>
       <c r="Q61" s="4">
-        <v>3.79</v>
+        <v>0</v>
       </c>
       <c r="R61" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S61" s="4">
         <v>0</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
@@ -6424,54 +6424,54 @@
         <v>258</v>
       </c>
       <c r="I62" s="13"/>
       <c r="J62" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>259</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>260</v>
       </c>
       <c r="M62" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N62" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O62" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P62" s="4">
         <v>4.99</v>
       </c>
       <c r="Q62" s="4">
-        <v>4.99</v>
+        <v>0</v>
       </c>
       <c r="R62" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S62" s="4">
         <v>0</v>
       </c>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
@@ -6483,54 +6483,54 @@
         <v>261</v>
       </c>
       <c r="I63" s="13"/>
       <c r="J63" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>262</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>263</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>264</v>
       </c>
       <c r="N63" s="4" t="s">
         <v>265</v>
       </c>
       <c r="O63" s="4" t="s">
         <v>266</v>
       </c>
       <c r="P63" s="4">
         <v>4.06</v>
       </c>
       <c r="Q63" s="4">
-        <v>3.93</v>
+        <v>0</v>
       </c>
       <c r="R63" s="4">
-        <v>96.78</v>
+        <v>0</v>
       </c>
       <c r="S63" s="4">
         <v>0</v>
       </c>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
@@ -6542,54 +6542,54 @@
         <v>267</v>
       </c>
       <c r="I64" s="13"/>
       <c r="J64" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>268</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>269</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>270</v>
       </c>
       <c r="N64" s="4" t="s">
         <v>271</v>
       </c>
       <c r="O64" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P64" s="4">
         <v>4.49</v>
       </c>
       <c r="Q64" s="4">
-        <v>4.37</v>
+        <v>0</v>
       </c>
       <c r="R64" s="4">
-        <v>97.34</v>
+        <v>0</v>
       </c>
       <c r="S64" s="4">
         <v>0</v>
       </c>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
@@ -6601,54 +6601,54 @@
         <v>272</v>
       </c>
       <c r="I65" s="13"/>
       <c r="J65" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>273</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>274</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>256</v>
       </c>
       <c r="N65" s="4" t="s">
         <v>257</v>
       </c>
       <c r="O65" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P65" s="4">
         <v>4.99</v>
       </c>
       <c r="Q65" s="4">
-        <v>4.97</v>
+        <v>0</v>
       </c>
       <c r="R65" s="4">
-        <v>99.77</v>
+        <v>0</v>
       </c>
       <c r="S65" s="4">
         <v>0</v>
       </c>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
@@ -6660,54 +6660,54 @@
         <v>275</v>
       </c>
       <c r="I66" s="13"/>
       <c r="J66" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>276</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>277</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>270</v>
       </c>
       <c r="N66" s="4" t="s">
         <v>271</v>
       </c>
       <c r="O66" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P66" s="4">
         <v>1.43</v>
       </c>
       <c r="Q66" s="4">
-        <v>1.43</v>
+        <v>0</v>
       </c>
       <c r="R66" s="4">
-        <v>99.84</v>
+        <v>0</v>
       </c>
       <c r="S66" s="4">
         <v>0</v>
       </c>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C67" s="3"/>
       <c r="D67" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
@@ -6719,54 +6719,54 @@
         <v>278</v>
       </c>
       <c r="I67" s="13"/>
       <c r="J67" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>279</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>280</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>270</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>271</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P67" s="4">
         <v>2.22</v>
       </c>
       <c r="Q67" s="4">
-        <v>2.09</v>
+        <v>0</v>
       </c>
       <c r="R67" s="4">
-        <v>94.2</v>
+        <v>0</v>
       </c>
       <c r="S67" s="4">
         <v>0</v>
       </c>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="3"/>
       <c r="D68" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
@@ -6778,54 +6778,54 @@
         <v>281</v>
       </c>
       <c r="I68" s="13"/>
       <c r="J68" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>282</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>283</v>
       </c>
       <c r="M68" s="4" t="s">
         <v>256</v>
       </c>
       <c r="N68" s="4" t="s">
         <v>257</v>
       </c>
       <c r="O68" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P68" s="4">
         <v>4.09</v>
       </c>
       <c r="Q68" s="4">
-        <v>4.08</v>
+        <v>0</v>
       </c>
       <c r="R68" s="4">
-        <v>99.87</v>
+        <v>0</v>
       </c>
       <c r="S68" s="4">
         <v>0</v>
       </c>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E69" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
@@ -6837,54 +6837,54 @@
         <v>284</v>
       </c>
       <c r="I69" s="13"/>
       <c r="J69" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>285</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>286</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>256</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>257</v>
       </c>
       <c r="O69" s="4" t="s">
         <v>266</v>
       </c>
       <c r="P69" s="4">
         <v>4.93</v>
       </c>
       <c r="Q69" s="4">
-        <v>4.93</v>
+        <v>0</v>
       </c>
       <c r="R69" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S69" s="4">
         <v>0</v>
       </c>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C70" s="3"/>
       <c r="D70" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
@@ -6896,54 +6896,54 @@
         <v>287</v>
       </c>
       <c r="I70" s="13"/>
       <c r="J70" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>288</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>289</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O70" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P70" s="4">
         <v>4.72</v>
       </c>
       <c r="Q70" s="4">
-        <v>0.34</v>
+        <v>0</v>
       </c>
       <c r="R70" s="4">
-        <v>7.23</v>
+        <v>0</v>
       </c>
       <c r="S70" s="4">
         <v>0</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
@@ -6955,54 +6955,54 @@
         <v>290</v>
       </c>
       <c r="I71" s="13"/>
       <c r="J71" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>291</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>292</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>293</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>294</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>295</v>
       </c>
       <c r="P71" s="4">
         <v>4.9</v>
       </c>
       <c r="Q71" s="4">
-        <v>4.9</v>
+        <v>0</v>
       </c>
       <c r="R71" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S71" s="4">
         <v>0</v>
       </c>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
@@ -7014,54 +7014,54 @@
         <v>296</v>
       </c>
       <c r="I72" s="13"/>
       <c r="J72" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>297</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>298</v>
       </c>
       <c r="M72" s="4" t="s">
         <v>256</v>
       </c>
       <c r="N72" s="4" t="s">
         <v>257</v>
       </c>
       <c r="O72" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P72" s="4">
         <v>4.93</v>
       </c>
       <c r="Q72" s="4">
-        <v>4.93</v>
+        <v>0</v>
       </c>
       <c r="R72" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S72" s="4">
         <v>0</v>
       </c>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>23</v>
@@ -7073,54 +7073,54 @@
         <v>299</v>
       </c>
       <c r="I73" s="13"/>
       <c r="J73" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>300</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>301</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>256</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>257</v>
       </c>
       <c r="O73" s="4" t="s">
         <v>195</v>
       </c>
       <c r="P73" s="4">
         <v>4.82</v>
       </c>
       <c r="Q73" s="4">
-        <v>4.7</v>
+        <v>0</v>
       </c>
       <c r="R73" s="4">
-        <v>97.41</v>
+        <v>0</v>
       </c>
       <c r="S73" s="4">
         <v>0</v>
       </c>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="3"/>
       <c r="D74" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
@@ -7132,54 +7132,54 @@
         <v>302</v>
       </c>
       <c r="I74" s="13"/>
       <c r="J74" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>303</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>304</v>
       </c>
       <c r="M74" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N74" s="4" t="s">
         <v>232</v>
       </c>
       <c r="O74" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P74" s="4">
         <v>2.24</v>
       </c>
       <c r="Q74" s="4">
-        <v>1.65</v>
+        <v>0</v>
       </c>
       <c r="R74" s="4">
-        <v>73.88</v>
+        <v>0</v>
       </c>
       <c r="S74" s="4">
         <v>0</v>
       </c>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C75" s="3"/>
       <c r="D75" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>23</v>
@@ -7191,54 +7191,54 @@
         <v>305</v>
       </c>
       <c r="I75" s="13"/>
       <c r="J75" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>306</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>307</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>251</v>
       </c>
       <c r="N75" s="4" t="s">
         <v>252</v>
       </c>
       <c r="O75" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P75" s="4">
         <v>3.33</v>
       </c>
       <c r="Q75" s="4">
-        <v>3.33</v>
+        <v>0</v>
       </c>
       <c r="R75" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S75" s="4">
         <v>0</v>
       </c>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="3"/>
       <c r="D76" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
@@ -7250,54 +7250,54 @@
         <v>308</v>
       </c>
       <c r="I76" s="13"/>
       <c r="J76" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>309</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>310</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N76" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O76" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P76" s="4">
         <v>4.65</v>
       </c>
       <c r="Q76" s="4">
-        <v>4.64</v>
+        <v>0</v>
       </c>
       <c r="R76" s="4">
-        <v>99.92</v>
+        <v>0</v>
       </c>
       <c r="S76" s="4">
         <v>0</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
@@ -7309,54 +7309,54 @@
         <v>311</v>
       </c>
       <c r="I77" s="13"/>
       <c r="J77" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>312</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>313</v>
       </c>
       <c r="M77" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N77" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O77" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P77" s="4">
         <v>3.67</v>
       </c>
       <c r="Q77" s="4">
-        <v>3.65</v>
+        <v>0</v>
       </c>
       <c r="R77" s="4">
-        <v>99.51</v>
+        <v>0</v>
       </c>
       <c r="S77" s="4">
         <v>0</v>
       </c>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C78" s="3"/>
       <c r="D78" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
@@ -7368,54 +7368,54 @@
         <v>314</v>
       </c>
       <c r="I78" s="13"/>
       <c r="J78" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K78" s="4" t="s">
         <v>315</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>316</v>
       </c>
       <c r="M78" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N78" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O78" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P78" s="4">
         <v>4.59</v>
       </c>
       <c r="Q78" s="4">
-        <v>4.59</v>
+        <v>0</v>
       </c>
       <c r="R78" s="4">
-        <v>99.9</v>
+        <v>0</v>
       </c>
       <c r="S78" s="4">
         <v>0</v>
       </c>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C79" s="3"/>
       <c r="D79" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E79" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>23</v>
@@ -7427,54 +7427,54 @@
         <v>317</v>
       </c>
       <c r="I79" s="13"/>
       <c r="J79" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>318</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>319</v>
       </c>
       <c r="M79" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N79" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O79" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P79" s="4">
         <v>4.95</v>
       </c>
       <c r="Q79" s="4">
-        <v>9.86</v>
+        <v>0</v>
       </c>
       <c r="R79" s="4">
-        <v>199.42</v>
+        <v>0</v>
       </c>
       <c r="S79" s="4">
         <v>0</v>
       </c>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C80" s="3"/>
       <c r="D80" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>23</v>
@@ -7486,54 +7486,54 @@
         <v>320</v>
       </c>
       <c r="I80" s="13"/>
       <c r="J80" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K80" s="4" t="s">
         <v>321</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>322</v>
       </c>
       <c r="M80" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N80" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O80" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P80" s="4">
         <v>4.62</v>
       </c>
       <c r="Q80" s="4">
-        <v>4.62</v>
+        <v>0</v>
       </c>
       <c r="R80" s="4">
-        <v>100.01</v>
+        <v>0</v>
       </c>
       <c r="S80" s="4">
         <v>0</v>
       </c>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C81" s="3"/>
       <c r="D81" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>23</v>
@@ -7545,54 +7545,54 @@
         <v>323</v>
       </c>
       <c r="I81" s="13"/>
       <c r="J81" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K81" s="4" t="s">
         <v>324</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>325</v>
       </c>
       <c r="M81" s="4" t="s">
         <v>256</v>
       </c>
       <c r="N81" s="4" t="s">
         <v>257</v>
       </c>
       <c r="O81" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P81" s="4">
         <v>5</v>
       </c>
       <c r="Q81" s="4">
-        <v>4.99</v>
+        <v>0</v>
       </c>
       <c r="R81" s="4">
-        <v>99.9</v>
+        <v>0</v>
       </c>
       <c r="S81" s="4">
         <v>0</v>
       </c>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C82" s="3"/>
       <c r="D82" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E82" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>23</v>
@@ -7604,54 +7604,54 @@
         <v>326</v>
       </c>
       <c r="I82" s="13"/>
       <c r="J82" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K82" s="4" t="s">
         <v>327</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>328</v>
       </c>
       <c r="M82" s="4" t="s">
         <v>251</v>
       </c>
       <c r="N82" s="4" t="s">
         <v>252</v>
       </c>
       <c r="O82" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P82" s="4">
         <v>2.87</v>
       </c>
       <c r="Q82" s="4">
-        <v>2.87</v>
+        <v>0</v>
       </c>
       <c r="R82" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S82" s="4">
         <v>0</v>
       </c>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C83" s="3"/>
       <c r="D83" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E83" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>23</v>
@@ -7663,54 +7663,54 @@
         <v>329</v>
       </c>
       <c r="I83" s="13"/>
       <c r="J83" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K83" s="4" t="s">
         <v>330</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>331</v>
       </c>
       <c r="M83" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N83" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O83" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P83" s="4">
         <v>4.89</v>
       </c>
       <c r="Q83" s="4">
-        <v>4.89</v>
+        <v>0</v>
       </c>
       <c r="R83" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S83" s="4">
         <v>0</v>
       </c>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C84" s="3"/>
       <c r="D84" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E84" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>23</v>
@@ -7722,54 +7722,54 @@
         <v>332</v>
       </c>
       <c r="I84" s="13"/>
       <c r="J84" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K84" s="4" t="s">
         <v>333</v>
       </c>
       <c r="L84" s="4" t="s">
         <v>334</v>
       </c>
       <c r="M84" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N84" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O84" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P84" s="4">
         <v>5</v>
       </c>
       <c r="Q84" s="4">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="R84" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S84" s="4">
         <v>0</v>
       </c>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C85" s="3"/>
       <c r="D85" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E85" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>23</v>
@@ -7781,54 +7781,54 @@
         <v>335</v>
       </c>
       <c r="I85" s="13"/>
       <c r="J85" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K85" s="4" t="s">
         <v>336</v>
       </c>
       <c r="L85" s="4" t="s">
         <v>337</v>
       </c>
       <c r="M85" s="4" t="s">
         <v>256</v>
       </c>
       <c r="N85" s="4" t="s">
         <v>257</v>
       </c>
       <c r="O85" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P85" s="4">
         <v>4.91</v>
       </c>
       <c r="Q85" s="4">
-        <v>4.9</v>
+        <v>0</v>
       </c>
       <c r="R85" s="4">
-        <v>99.93</v>
+        <v>0</v>
       </c>
       <c r="S85" s="4">
         <v>0</v>
       </c>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C86" s="3"/>
       <c r="D86" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>23</v>
@@ -7840,54 +7840,54 @@
         <v>338</v>
       </c>
       <c r="I86" s="13"/>
       <c r="J86" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K86" s="4" t="s">
         <v>339</v>
       </c>
       <c r="L86" s="4" t="s">
         <v>340</v>
       </c>
       <c r="M86" s="4" t="s">
         <v>256</v>
       </c>
       <c r="N86" s="4" t="s">
         <v>257</v>
       </c>
       <c r="O86" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P86" s="4">
         <v>4.98</v>
       </c>
       <c r="Q86" s="4">
-        <v>4.97</v>
+        <v>0</v>
       </c>
       <c r="R86" s="4">
-        <v>99.74</v>
+        <v>0</v>
       </c>
       <c r="S86" s="4">
         <v>0</v>
       </c>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C87" s="3"/>
       <c r="D87" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E87" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>23</v>
@@ -7899,54 +7899,54 @@
         <v>341</v>
       </c>
       <c r="I87" s="13"/>
       <c r="J87" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K87" s="4" t="s">
         <v>342</v>
       </c>
       <c r="L87" s="4" t="s">
         <v>343</v>
       </c>
       <c r="M87" s="4" t="s">
         <v>193</v>
       </c>
       <c r="N87" s="4" t="s">
         <v>194</v>
       </c>
       <c r="O87" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P87" s="4">
         <v>4.92</v>
       </c>
       <c r="Q87" s="4">
-        <v>4.92</v>
+        <v>0</v>
       </c>
       <c r="R87" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S87" s="4">
         <v>0</v>
       </c>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C88" s="3"/>
       <c r="D88" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E88" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>23</v>
@@ -7958,54 +7958,54 @@
         <v>344</v>
       </c>
       <c r="I88" s="13"/>
       <c r="J88" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K88" s="4" t="s">
         <v>345</v>
       </c>
       <c r="L88" s="4" t="s">
         <v>346</v>
       </c>
       <c r="M88" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N88" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O88" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P88" s="4">
         <v>4.75</v>
       </c>
       <c r="Q88" s="4">
-        <v>0.21</v>
+        <v>0</v>
       </c>
       <c r="R88" s="4">
-        <v>4.44</v>
+        <v>0</v>
       </c>
       <c r="S88" s="4">
         <v>0</v>
       </c>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C89" s="3"/>
       <c r="D89" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E89" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>23</v>
@@ -8017,54 +8017,54 @@
         <v>347</v>
       </c>
       <c r="I89" s="13"/>
       <c r="J89" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K89" s="4" t="s">
         <v>348</v>
       </c>
       <c r="L89" s="4" t="s">
         <v>349</v>
       </c>
       <c r="M89" s="4" t="s">
         <v>175</v>
       </c>
       <c r="N89" s="4" t="s">
         <v>176</v>
       </c>
       <c r="O89" s="4" t="s">
         <v>228</v>
       </c>
       <c r="P89" s="4">
         <v>3.51</v>
       </c>
       <c r="Q89" s="4">
-        <v>3.5</v>
+        <v>0</v>
       </c>
       <c r="R89" s="4">
-        <v>99.56</v>
+        <v>0</v>
       </c>
       <c r="S89" s="4">
         <v>0</v>
       </c>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C90" s="3"/>
       <c r="D90" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E90" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>23</v>
@@ -8076,54 +8076,54 @@
         <v>350</v>
       </c>
       <c r="I90" s="13"/>
       <c r="J90" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K90" s="4" t="s">
         <v>351</v>
       </c>
       <c r="L90" s="4" t="s">
         <v>352</v>
       </c>
       <c r="M90" s="4" t="s">
         <v>293</v>
       </c>
       <c r="N90" s="4" t="s">
         <v>294</v>
       </c>
       <c r="O90" s="4" t="s">
         <v>295</v>
       </c>
       <c r="P90" s="4">
         <v>4.77</v>
       </c>
       <c r="Q90" s="4">
-        <v>4.77</v>
+        <v>0</v>
       </c>
       <c r="R90" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S90" s="4">
         <v>0</v>
       </c>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C91" s="3"/>
       <c r="D91" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>23</v>
@@ -8135,54 +8135,54 @@
         <v>353</v>
       </c>
       <c r="I91" s="13"/>
       <c r="J91" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>354</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>355</v>
       </c>
       <c r="M91" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N91" s="4" t="s">
         <v>218</v>
       </c>
       <c r="O91" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P91" s="4">
         <v>1.72</v>
       </c>
       <c r="Q91" s="4">
-        <v>1.72</v>
+        <v>0</v>
       </c>
       <c r="R91" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S91" s="4">
         <v>0</v>
       </c>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C92" s="3"/>
       <c r="D92" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E92" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>23</v>
@@ -11335,54 +11335,54 @@
       <c r="I147" s="13" t="s">
         <v>506</v>
       </c>
       <c r="J147" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K147" s="4" t="s">
         <v>507</v>
       </c>
       <c r="L147" s="4" t="s">
         <v>508</v>
       </c>
       <c r="M147" s="4" t="s">
         <v>509</v>
       </c>
       <c r="N147" s="4" t="s">
         <v>510</v>
       </c>
       <c r="O147" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P147" s="4">
         <v>18.85</v>
       </c>
       <c r="Q147" s="4">
-        <v>18.81</v>
+        <v>0</v>
       </c>
       <c r="R147" s="4">
-        <v>99.77</v>
+        <v>0</v>
       </c>
       <c r="S147" s="4">
         <v>100</v>
       </c>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C148" s="3"/>
       <c r="D148" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E148" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>23</v>
@@ -12850,54 +12850,54 @@
         <v>626</v>
       </c>
       <c r="I172" s="13"/>
       <c r="J172" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K172" s="4" t="s">
         <v>627</v>
       </c>
       <c r="L172" s="4" t="s">
         <v>628</v>
       </c>
       <c r="M172" s="4" t="s">
         <v>629</v>
       </c>
       <c r="N172" s="4" t="s">
         <v>518</v>
       </c>
       <c r="O172" s="4" t="s">
         <v>367</v>
       </c>
       <c r="P172" s="4">
         <v>0.86</v>
       </c>
       <c r="Q172" s="4">
-        <v>1.2</v>
+        <v>0</v>
       </c>
       <c r="R172" s="4">
-        <v>139.91</v>
+        <v>0</v>
       </c>
       <c r="S172" s="4">
         <v>0</v>
       </c>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
     </row>
     <row r="173" spans="1:23">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C173" s="3"/>
       <c r="D173" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E173" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F173" s="3" t="s">
         <v>23</v>
@@ -12968,54 +12968,54 @@
         <v>633</v>
       </c>
       <c r="I174" s="13"/>
       <c r="J174" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K174" s="4" t="s">
         <v>634</v>
       </c>
       <c r="L174" s="4" t="s">
         <v>635</v>
       </c>
       <c r="M174" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N174" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O174" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P174" s="4">
         <v>4.42</v>
       </c>
       <c r="Q174" s="4">
-        <v>0.54</v>
+        <v>0</v>
       </c>
       <c r="R174" s="4">
-        <v>12.17</v>
+        <v>0</v>
       </c>
       <c r="S174" s="4">
         <v>0</v>
       </c>
       <c r="T174" s="1"/>
       <c r="U174" s="1"/>
       <c r="V174" s="1"/>
       <c r="W174" s="1"/>
     </row>
     <row r="175" spans="1:23">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C175" s="3"/>
       <c r="D175" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E175" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F175" s="3" t="s">
         <v>23</v>
@@ -13027,54 +13027,54 @@
         <v>636</v>
       </c>
       <c r="I175" s="13"/>
       <c r="J175" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K175" s="4" t="s">
         <v>637</v>
       </c>
       <c r="L175" s="4" t="s">
         <v>638</v>
       </c>
       <c r="M175" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N175" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O175" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P175" s="4">
         <v>4.41</v>
       </c>
       <c r="Q175" s="4">
-        <v>0.89</v>
+        <v>0</v>
       </c>
       <c r="R175" s="4">
-        <v>20.09</v>
+        <v>0</v>
       </c>
       <c r="S175" s="4">
         <v>0</v>
       </c>
       <c r="T175" s="1"/>
       <c r="U175" s="1"/>
       <c r="V175" s="1"/>
       <c r="W175" s="1"/>
     </row>
     <row r="176" spans="1:23">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C176" s="3"/>
       <c r="D176" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E176" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F176" s="3" t="s">
         <v>23</v>
@@ -13086,54 +13086,54 @@
         <v>639</v>
       </c>
       <c r="I176" s="13"/>
       <c r="J176" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K176" s="4" t="s">
         <v>640</v>
       </c>
       <c r="L176" s="4" t="s">
         <v>641</v>
       </c>
       <c r="M176" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N176" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O176" s="4" t="s">
         <v>438</v>
       </c>
       <c r="P176" s="4">
         <v>27.89</v>
       </c>
       <c r="Q176" s="4">
-        <v>0.59</v>
+        <v>0</v>
       </c>
       <c r="R176" s="4">
-        <v>2.11</v>
+        <v>0</v>
       </c>
       <c r="S176" s="4">
         <v>0</v>
       </c>
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C177" s="3"/>
       <c r="D177" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E177" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F177" s="3" t="s">
         <v>23</v>
@@ -13145,54 +13145,54 @@
         <v>642</v>
       </c>
       <c r="I177" s="13"/>
       <c r="J177" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K177" s="4" t="s">
         <v>643</v>
       </c>
       <c r="L177" s="4" t="s">
         <v>644</v>
       </c>
       <c r="M177" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N177" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O177" s="4" t="s">
         <v>645</v>
       </c>
       <c r="P177" s="4">
         <v>15.34</v>
       </c>
       <c r="Q177" s="4">
-        <v>14.36</v>
+        <v>0</v>
       </c>
       <c r="R177" s="4">
-        <v>93.6</v>
+        <v>0</v>
       </c>
       <c r="S177" s="4">
         <v>15</v>
       </c>
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
     </row>
     <row r="178" spans="1:23">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C178" s="3"/>
       <c r="D178" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E178" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F178" s="3" t="s">
         <v>23</v>
@@ -13204,54 +13204,54 @@
         <v>646</v>
       </c>
       <c r="I178" s="13"/>
       <c r="J178" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K178" s="4" t="s">
         <v>647</v>
       </c>
       <c r="L178" s="4" t="s">
         <v>648</v>
       </c>
       <c r="M178" s="4" t="s">
         <v>157</v>
       </c>
       <c r="N178" s="4" t="s">
         <v>158</v>
       </c>
       <c r="O178" s="4" t="s">
         <v>649</v>
       </c>
       <c r="P178" s="4">
         <v>13.09</v>
       </c>
       <c r="Q178" s="4">
-        <v>12.73</v>
+        <v>0</v>
       </c>
       <c r="R178" s="4">
-        <v>97.24</v>
+        <v>0</v>
       </c>
       <c r="S178" s="4">
         <v>0</v>
       </c>
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C179" s="3"/>
       <c r="D179" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E179" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F179" s="3" t="s">
         <v>23</v>
@@ -13263,54 +13263,54 @@
         <v>650</v>
       </c>
       <c r="I179" s="13"/>
       <c r="J179" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K179" s="4" t="s">
         <v>651</v>
       </c>
       <c r="L179" s="4" t="s">
         <v>652</v>
       </c>
       <c r="M179" s="4" t="s">
         <v>271</v>
       </c>
       <c r="N179" s="4" t="s">
         <v>653</v>
       </c>
       <c r="O179" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P179" s="4">
         <v>7.7</v>
       </c>
       <c r="Q179" s="4">
-        <v>7.51</v>
+        <v>0</v>
       </c>
       <c r="R179" s="4">
-        <v>97.53</v>
+        <v>0</v>
       </c>
       <c r="S179" s="4">
         <v>0</v>
       </c>
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
     </row>
     <row r="180" spans="1:23">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C180" s="3"/>
       <c r="D180" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E180" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F180" s="3" t="s">
         <v>23</v>
@@ -13322,54 +13322,54 @@
         <v>654</v>
       </c>
       <c r="I180" s="13"/>
       <c r="J180" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K180" s="4" t="s">
         <v>655</v>
       </c>
       <c r="L180" s="4" t="s">
         <v>656</v>
       </c>
       <c r="M180" s="4" t="s">
         <v>657</v>
       </c>
       <c r="N180" s="4" t="s">
         <v>658</v>
       </c>
       <c r="O180" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P180" s="4">
         <v>15.01</v>
       </c>
       <c r="Q180" s="4">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="R180" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S180" s="4">
         <v>0</v>
       </c>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C181" s="3"/>
       <c r="D181" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E181" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F181" s="3" t="s">
         <v>23</v>
@@ -13381,54 +13381,54 @@
         <v>659</v>
       </c>
       <c r="I181" s="13"/>
       <c r="J181" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K181" s="4" t="s">
         <v>660</v>
       </c>
       <c r="L181" s="4" t="s">
         <v>661</v>
       </c>
       <c r="M181" s="4" t="s">
         <v>256</v>
       </c>
       <c r="N181" s="4" t="s">
         <v>257</v>
       </c>
       <c r="O181" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P181" s="4">
         <v>4.17</v>
       </c>
       <c r="Q181" s="4">
-        <v>4.06</v>
+        <v>0</v>
       </c>
       <c r="R181" s="4">
-        <v>97.16</v>
+        <v>0</v>
       </c>
       <c r="S181" s="4">
         <v>10</v>
       </c>
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C182" s="3"/>
       <c r="D182" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E182" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F182" s="3" t="s">
         <v>23</v>
@@ -13440,54 +13440,54 @@
         <v>662</v>
       </c>
       <c r="I182" s="13"/>
       <c r="J182" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K182" s="4" t="s">
         <v>663</v>
       </c>
       <c r="L182" s="4" t="s">
         <v>664</v>
       </c>
       <c r="M182" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N182" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O182" s="4" t="s">
         <v>438</v>
       </c>
       <c r="P182" s="4">
         <v>2.92</v>
       </c>
       <c r="Q182" s="4">
-        <v>2.92</v>
+        <v>0</v>
       </c>
       <c r="R182" s="4">
-        <v>99.89</v>
+        <v>0</v>
       </c>
       <c r="S182" s="4">
         <v>0</v>
       </c>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C183" s="3"/>
       <c r="D183" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E183" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F183" s="3" t="s">
         <v>23</v>
@@ -13499,54 +13499,54 @@
         <v>665</v>
       </c>
       <c r="I183" s="13"/>
       <c r="J183" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K183" s="4" t="s">
         <v>666</v>
       </c>
       <c r="L183" s="4" t="s">
         <v>667</v>
       </c>
       <c r="M183" s="4" t="s">
         <v>509</v>
       </c>
       <c r="N183" s="4" t="s">
         <v>510</v>
       </c>
       <c r="O183" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P183" s="4">
         <v>21.13</v>
       </c>
       <c r="Q183" s="4">
-        <v>21.1</v>
+        <v>0</v>
       </c>
       <c r="R183" s="4">
-        <v>99.9</v>
+        <v>0</v>
       </c>
       <c r="S183" s="4">
         <v>0</v>
       </c>
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
     </row>
     <row r="184" spans="1:23">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C184" s="3"/>
       <c r="D184" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E184" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F184" s="3" t="s">
         <v>23</v>
@@ -13558,54 +13558,54 @@
         <v>668</v>
       </c>
       <c r="I184" s="13"/>
       <c r="J184" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K184" s="4" t="s">
         <v>669</v>
       </c>
       <c r="L184" s="4" t="s">
         <v>670</v>
       </c>
       <c r="M184" s="4" t="s">
         <v>509</v>
       </c>
       <c r="N184" s="4" t="s">
         <v>510</v>
       </c>
       <c r="O184" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P184" s="4">
         <v>3.04</v>
       </c>
       <c r="Q184" s="4">
-        <v>3.04</v>
+        <v>0</v>
       </c>
       <c r="R184" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S184" s="4">
         <v>0</v>
       </c>
       <c r="T184" s="1"/>
       <c r="U184" s="1"/>
       <c r="V184" s="1"/>
       <c r="W184" s="1"/>
     </row>
     <row r="185" spans="1:23">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C185" s="3"/>
       <c r="D185" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E185" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F185" s="3" t="s">
         <v>23</v>
@@ -13617,54 +13617,54 @@
         <v>671</v>
       </c>
       <c r="I185" s="13" t="s">
         <v>506</v>
       </c>
       <c r="J185" s="13"/>
       <c r="K185" s="4" t="s">
         <v>672</v>
       </c>
       <c r="L185" s="4" t="s">
         <v>673</v>
       </c>
       <c r="M185" s="4" t="s">
         <v>674</v>
       </c>
       <c r="N185" s="4" t="s">
         <v>675</v>
       </c>
       <c r="O185" s="4" t="s">
         <v>145</v>
       </c>
       <c r="P185" s="4">
         <v>20.89</v>
       </c>
       <c r="Q185" s="4">
-        <v>19.24</v>
+        <v>0</v>
       </c>
       <c r="R185" s="4">
-        <v>92.11</v>
+        <v>0</v>
       </c>
       <c r="S185" s="4">
         <v>100</v>
       </c>
       <c r="T185" s="1"/>
       <c r="U185" s="1"/>
       <c r="V185" s="1"/>
       <c r="W185" s="1"/>
     </row>
     <row r="186" spans="1:23">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C186" s="3"/>
       <c r="D186" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E186" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F186" s="3" t="s">
         <v>23</v>
@@ -13678,54 +13678,54 @@
       <c r="I186" s="13" t="s">
         <v>506</v>
       </c>
       <c r="J186" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K186" s="4" t="s">
         <v>677</v>
       </c>
       <c r="L186" s="4" t="s">
         <v>678</v>
       </c>
       <c r="M186" s="4" t="s">
         <v>679</v>
       </c>
       <c r="N186" s="4" t="s">
         <v>680</v>
       </c>
       <c r="O186" s="4" t="s">
         <v>681</v>
       </c>
       <c r="P186" s="4">
         <v>0.73</v>
       </c>
       <c r="Q186" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R186" s="4">
-        <v>92.95</v>
+        <v>0</v>
       </c>
       <c r="S186" s="4">
         <v>30</v>
       </c>
       <c r="T186" s="1"/>
       <c r="U186" s="1"/>
       <c r="V186" s="1"/>
       <c r="W186" s="1"/>
     </row>
     <row r="187" spans="1:23">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C187" s="3"/>
       <c r="D187" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E187" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F187" s="3" t="s">
         <v>23</v>
@@ -13737,54 +13737,54 @@
         <v>682</v>
       </c>
       <c r="I187" s="13" t="s">
         <v>506</v>
       </c>
       <c r="J187" s="13"/>
       <c r="K187" s="4" t="s">
         <v>683</v>
       </c>
       <c r="L187" s="4" t="s">
         <v>684</v>
       </c>
       <c r="M187" s="4" t="s">
         <v>679</v>
       </c>
       <c r="N187" s="4" t="s">
         <v>680</v>
       </c>
       <c r="O187" s="4" t="s">
         <v>681</v>
       </c>
       <c r="P187" s="4">
         <v>0.56</v>
       </c>
       <c r="Q187" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R187" s="4">
-        <v>72.51</v>
+        <v>0</v>
       </c>
       <c r="S187" s="4">
         <v>25</v>
       </c>
       <c r="T187" s="1"/>
       <c r="U187" s="1"/>
       <c r="V187" s="1"/>
       <c r="W187" s="1"/>
     </row>
     <row r="188" spans="1:23">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C188" s="3"/>
       <c r="D188" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E188" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F188" s="3" t="s">
         <v>23</v>
@@ -13796,54 +13796,54 @@
         <v>685</v>
       </c>
       <c r="I188" s="13" t="s">
         <v>506</v>
       </c>
       <c r="J188" s="13"/>
       <c r="K188" s="4" t="s">
         <v>686</v>
       </c>
       <c r="L188" s="4" t="s">
         <v>687</v>
       </c>
       <c r="M188" s="4" t="s">
         <v>688</v>
       </c>
       <c r="N188" s="4" t="s">
         <v>689</v>
       </c>
       <c r="O188" s="4" t="s">
         <v>367</v>
       </c>
       <c r="P188" s="4">
         <v>0.14</v>
       </c>
       <c r="Q188" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R188" s="4">
-        <v>280.08</v>
+        <v>0</v>
       </c>
       <c r="S188" s="4">
         <v>100</v>
       </c>
       <c r="T188" s="1"/>
       <c r="U188" s="1"/>
       <c r="V188" s="1"/>
       <c r="W188" s="1"/>
     </row>
     <row r="189" spans="1:23">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C189" s="3"/>
       <c r="D189" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E189" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F189" s="3" t="s">
         <v>23</v>
@@ -14710,54 +14710,54 @@
         <v>724</v>
       </c>
       <c r="I204" s="13"/>
       <c r="J204" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K204" s="4" t="s">
         <v>725</v>
       </c>
       <c r="L204" s="4" t="s">
         <v>726</v>
       </c>
       <c r="M204" s="4" t="s">
         <v>183</v>
       </c>
       <c r="N204" s="4" t="s">
         <v>184</v>
       </c>
       <c r="O204" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P204" s="4">
         <v>4.83</v>
       </c>
       <c r="Q204" s="4">
-        <v>4.83</v>
+        <v>0</v>
       </c>
       <c r="R204" s="4">
-        <v>99.88</v>
+        <v>0</v>
       </c>
       <c r="S204" s="4">
         <v>0</v>
       </c>
       <c r="T204" s="1"/>
       <c r="U204" s="1"/>
       <c r="V204" s="1"/>
       <c r="W204" s="1"/>
     </row>
     <row r="205" spans="1:23">
       <c r="A205" s="3">
         <v>203</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C205" s="3"/>
       <c r="D205" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E205" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F205" s="3" t="s">
         <v>23</v>
@@ -14769,54 +14769,54 @@
         <v>727</v>
       </c>
       <c r="I205" s="13" t="s">
         <v>506</v>
       </c>
       <c r="J205" s="13"/>
       <c r="K205" s="4" t="s">
         <v>728</v>
       </c>
       <c r="L205" s="4" t="s">
         <v>729</v>
       </c>
       <c r="M205" s="4" t="s">
         <v>730</v>
       </c>
       <c r="N205" s="4" t="s">
         <v>731</v>
       </c>
       <c r="O205" s="4" t="s">
         <v>367</v>
       </c>
       <c r="P205" s="4">
         <v>0.87</v>
       </c>
       <c r="Q205" s="4">
-        <v>2.39</v>
+        <v>0</v>
       </c>
       <c r="R205" s="4">
-        <v>273.81</v>
+        <v>0</v>
       </c>
       <c r="S205" s="4">
         <v>40</v>
       </c>
       <c r="T205" s="1"/>
       <c r="U205" s="1"/>
       <c r="V205" s="1"/>
       <c r="W205" s="1"/>
     </row>
     <row r="206" spans="1:23">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C206" s="3"/>
       <c r="D206" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E206" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F206" s="3" t="s">
         <v>23</v>
@@ -14889,54 +14889,54 @@
         <v>735</v>
       </c>
       <c r="I207" s="13"/>
       <c r="J207" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K207" s="4" t="s">
         <v>736</v>
       </c>
       <c r="L207" s="4" t="s">
         <v>737</v>
       </c>
       <c r="M207" s="4" t="s">
         <v>738</v>
       </c>
       <c r="N207" s="4" t="s">
         <v>739</v>
       </c>
       <c r="O207" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P207" s="4">
         <v>2.51</v>
       </c>
       <c r="Q207" s="4">
-        <v>0.51</v>
+        <v>0</v>
       </c>
       <c r="R207" s="4">
-        <v>20.34</v>
+        <v>0</v>
       </c>
       <c r="S207" s="4">
         <v>98</v>
       </c>
       <c r="T207" s="1"/>
       <c r="U207" s="1"/>
       <c r="V207" s="1"/>
       <c r="W207" s="1"/>
     </row>
     <row r="208" spans="1:23">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C208" s="3"/>
       <c r="D208" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E208" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F208" s="3" t="s">
         <v>23</v>
@@ -14948,54 +14948,54 @@
         <v>740</v>
       </c>
       <c r="I208" s="13"/>
       <c r="J208" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K208" s="4" t="s">
         <v>741</v>
       </c>
       <c r="L208" s="4" t="s">
         <v>742</v>
       </c>
       <c r="M208" s="4" t="s">
         <v>738</v>
       </c>
       <c r="N208" s="4" t="s">
         <v>743</v>
       </c>
       <c r="O208" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P208" s="4">
         <v>3.01</v>
       </c>
       <c r="Q208" s="4">
-        <v>0.51</v>
+        <v>0</v>
       </c>
       <c r="R208" s="4">
-        <v>16.99</v>
+        <v>0</v>
       </c>
       <c r="S208" s="4">
         <v>98</v>
       </c>
       <c r="T208" s="1"/>
       <c r="U208" s="1"/>
       <c r="V208" s="1"/>
       <c r="W208" s="1"/>
     </row>
     <row r="209" spans="1:23">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C209" s="3"/>
       <c r="D209" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E209" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F209" s="3" t="s">
         <v>23</v>
@@ -15009,54 +15009,54 @@
       <c r="I209" s="13" t="s">
         <v>506</v>
       </c>
       <c r="J209" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K209" s="4" t="s">
         <v>745</v>
       </c>
       <c r="L209" s="4" t="s">
         <v>746</v>
       </c>
       <c r="M209" s="4" t="s">
         <v>747</v>
       </c>
       <c r="N209" s="4" t="s">
         <v>748</v>
       </c>
       <c r="O209" s="4" t="s">
         <v>749</v>
       </c>
       <c r="P209" s="4">
         <v>14.3</v>
       </c>
       <c r="Q209" s="4">
-        <v>13.96</v>
+        <v>0</v>
       </c>
       <c r="R209" s="4">
-        <v>97.6</v>
+        <v>0</v>
       </c>
       <c r="S209" s="4">
         <v>100</v>
       </c>
       <c r="T209" s="1"/>
       <c r="U209" s="1"/>
       <c r="V209" s="1"/>
       <c r="W209" s="1"/>
     </row>
     <row r="210" spans="1:23">
       <c r="A210" s="3">
         <v>208</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C210" s="3"/>
       <c r="D210" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E210" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F210" s="3" t="s">
         <v>23</v>
@@ -15070,54 +15070,54 @@
       <c r="I210" s="13" t="s">
         <v>506</v>
       </c>
       <c r="J210" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K210" s="4" t="s">
         <v>751</v>
       </c>
       <c r="L210" s="4" t="s">
         <v>752</v>
       </c>
       <c r="M210" s="4" t="s">
         <v>747</v>
       </c>
       <c r="N210" s="4" t="s">
         <v>748</v>
       </c>
       <c r="O210" s="4" t="s">
         <v>148</v>
       </c>
       <c r="P210" s="4">
         <v>14.3</v>
       </c>
       <c r="Q210" s="4">
-        <v>13.89</v>
+        <v>0</v>
       </c>
       <c r="R210" s="4">
-        <v>97.15</v>
+        <v>0</v>
       </c>
       <c r="S210" s="4">
         <v>100</v>
       </c>
       <c r="T210" s="1"/>
       <c r="U210" s="1"/>
       <c r="V210" s="1"/>
       <c r="W210" s="1"/>
     </row>
     <row r="211" spans="1:23">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C211" s="3"/>
       <c r="D211" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E211" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F211" s="3" t="s">
         <v>23</v>
@@ -15473,54 +15473,54 @@
       <c r="I217" s="13" t="s">
         <v>506</v>
       </c>
       <c r="J217" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K217" s="4" t="s">
         <v>766</v>
       </c>
       <c r="L217" s="4" t="s">
         <v>767</v>
       </c>
       <c r="M217" s="4" t="s">
         <v>768</v>
       </c>
       <c r="N217" s="4" t="s">
         <v>769</v>
       </c>
       <c r="O217" s="4" t="s">
         <v>770</v>
       </c>
       <c r="P217" s="4">
         <v>163.64</v>
       </c>
       <c r="Q217" s="4">
-        <v>41.83</v>
+        <v>0</v>
       </c>
       <c r="R217" s="4">
-        <v>25.56</v>
+        <v>0</v>
       </c>
       <c r="S217" s="4">
         <v>10</v>
       </c>
       <c r="T217" s="1"/>
       <c r="U217" s="1"/>
       <c r="V217" s="1"/>
       <c r="W217" s="1"/>
     </row>
     <row r="218" spans="1:23">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C218" s="3"/>
       <c r="D218" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E218" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F218" s="3" t="s">
         <v>23</v>
@@ -15534,54 +15534,54 @@
       <c r="I218" s="13" t="s">
         <v>506</v>
       </c>
       <c r="J218" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K218" s="4" t="s">
         <v>772</v>
       </c>
       <c r="L218" s="4" t="s">
         <v>773</v>
       </c>
       <c r="M218" s="4" t="s">
         <v>774</v>
       </c>
       <c r="N218" s="4" t="s">
         <v>775</v>
       </c>
       <c r="O218" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P218" s="4">
         <v>77.72</v>
       </c>
       <c r="Q218" s="4">
-        <v>44.59</v>
+        <v>0</v>
       </c>
       <c r="R218" s="4">
-        <v>57.36</v>
+        <v>0</v>
       </c>
       <c r="S218" s="4">
         <v>70</v>
       </c>
       <c r="T218" s="1"/>
       <c r="U218" s="1"/>
       <c r="V218" s="1"/>
       <c r="W218" s="1"/>
     </row>
     <row r="219" spans="1:23">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C219" s="3"/>
       <c r="D219" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E219" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F219" s="3" t="s">
         <v>23</v>
@@ -15595,54 +15595,54 @@
       <c r="I219" s="13" t="s">
         <v>506</v>
       </c>
       <c r="J219" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K219" s="4" t="s">
         <v>777</v>
       </c>
       <c r="L219" s="4" t="s">
         <v>778</v>
       </c>
       <c r="M219" s="4" t="s">
         <v>774</v>
       </c>
       <c r="N219" s="4" t="s">
         <v>779</v>
       </c>
       <c r="O219" s="4" t="s">
         <v>780</v>
       </c>
       <c r="P219" s="4">
         <v>77.99</v>
       </c>
       <c r="Q219" s="4">
-        <v>55.09</v>
+        <v>0</v>
       </c>
       <c r="R219" s="4">
-        <v>70.65</v>
+        <v>0</v>
       </c>
       <c r="S219" s="4">
         <v>65</v>
       </c>
       <c r="T219" s="1"/>
       <c r="U219" s="1"/>
       <c r="V219" s="1"/>
       <c r="W219" s="1"/>
     </row>
     <row r="220" spans="1:23">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C220" s="3"/>
       <c r="D220" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E220" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F220" s="3" t="s">
         <v>23</v>
@@ -15656,88 +15656,88 @@
       <c r="I220" s="13" t="s">
         <v>506</v>
       </c>
       <c r="J220" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K220" s="4" t="s">
         <v>782</v>
       </c>
       <c r="L220" s="4" t="s">
         <v>783</v>
       </c>
       <c r="M220" s="4" t="s">
         <v>774</v>
       </c>
       <c r="N220" s="4" t="s">
         <v>784</v>
       </c>
       <c r="O220" s="4" t="s">
         <v>785</v>
       </c>
       <c r="P220" s="4">
         <v>90.36</v>
       </c>
       <c r="Q220" s="4">
-        <v>61.37</v>
+        <v>0</v>
       </c>
       <c r="R220" s="4">
-        <v>67.92</v>
+        <v>0</v>
       </c>
       <c r="S220" s="4">
         <v>68</v>
       </c>
       <c r="T220" s="1"/>
       <c r="U220" s="1"/>
       <c r="V220" s="1"/>
       <c r="W220" s="1"/>
     </row>
     <row r="221" spans="1:23">
       <c r="A221" s="7" t="s">
         <v>786</v>
       </c>
       <c r="B221" s="7"/>
       <c r="C221" s="7"/>
       <c r="D221" s="7"/>
       <c r="E221" s="11"/>
       <c r="F221" s="7"/>
       <c r="G221" s="7"/>
       <c r="H221" s="14"/>
       <c r="I221" s="14"/>
       <c r="J221" s="14"/>
       <c r="K221" s="8"/>
       <c r="L221" s="8"/>
       <c r="M221" s="8"/>
       <c r="N221" s="8"/>
       <c r="O221" s="8">
         <v>2262.56</v>
       </c>
       <c r="P221" s="8">
-        <v>752.86</v>
+        <v>0</v>
       </c>
       <c r="Q221" s="8">
-        <v>33.27</v>
+        <v>0</v>
       </c>
       <c r="R221" s="8"/>
       <c r="S221" s="8"/>
       <c r="T221" s="1"/>
       <c r="U221" s="1"/>
       <c r="V221" s="1"/>
       <c r="W221" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A221:N221"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>