--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1849,54 +1849,54 @@
         <v>93</v>
       </c>
       <c r="I19" s="13"/>
       <c r="J19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P19" s="4">
         <v>13.16</v>
       </c>
       <c r="Q19" s="4">
-        <v>25.14</v>
+        <v>12.57</v>
       </c>
       <c r="R19" s="4">
-        <v>191.08</v>
+        <v>95.54</v>
       </c>
       <c r="S19" s="4">
         <v>20</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -1908,54 +1908,54 @@
         <v>99</v>
       </c>
       <c r="I20" s="13"/>
       <c r="J20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P20" s="4">
         <v>17.57</v>
       </c>
       <c r="Q20" s="4">
-        <v>16.27</v>
+        <v>8.13</v>
       </c>
       <c r="R20" s="4">
-        <v>92.61</v>
+        <v>46.3</v>
       </c>
       <c r="S20" s="4">
         <v>20</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2060,54 +2060,54 @@
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>110</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>153.22</v>
       </c>
       <c r="P23" s="8">
-        <v>41.41</v>
+        <v>20.7</v>
       </c>
       <c r="Q23" s="8">
-        <v>27.03</v>
+        <v>13.51</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>