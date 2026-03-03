--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1275,54 +1275,54 @@
         <v>51</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P9" s="4">
         <v>5.84</v>
       </c>
       <c r="Q9" s="4">
-        <v>5.82</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.78</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1625,54 +1625,54 @@
         <v>81</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P15" s="4">
         <v>12.74</v>
       </c>
       <c r="Q15" s="4">
-        <v>6.64</v>
+        <v>3.26</v>
       </c>
       <c r="R15" s="4">
-        <v>52.16</v>
+        <v>25.6</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1684,54 +1684,54 @@
         <v>84</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P16" s="4">
         <v>17.57</v>
       </c>
       <c r="Q16" s="4">
-        <v>1.25</v>
+        <v>0.62</v>
       </c>
       <c r="R16" s="4">
-        <v>7.11</v>
+        <v>3.55</v>
       </c>
       <c r="S16" s="4">
         <v>20</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1745,54 +1745,54 @@
       <c r="I17" s="13" t="s">
         <v>73</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P17" s="4">
         <v>234.49</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.43</v>
+        <v>0.21</v>
       </c>
       <c r="R17" s="4">
-        <v>0.18</v>
+        <v>0.09</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2015,54 +2015,54 @@
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="7" t="s">
         <v>110</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="11"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8">
         <v>400.42</v>
       </c>
       <c r="P22" s="8">
-        <v>14.14</v>
+        <v>4.1</v>
       </c>
       <c r="Q22" s="8">
-        <v>3.53</v>
+        <v>1.02</v>
       </c>
       <c r="R22" s="8"/>
       <c r="S22" s="8"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A22:N22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>