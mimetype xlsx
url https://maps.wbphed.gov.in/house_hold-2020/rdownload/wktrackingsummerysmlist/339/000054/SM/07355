--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -2746,54 +2746,54 @@
         <v>132</v>
       </c>
       <c r="I32" s="13"/>
       <c r="J32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>135</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>136</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P32" s="4">
         <v>10.37</v>
       </c>
       <c r="Q32" s="4">
-        <v>9.54</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>0</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -2864,54 +2864,54 @@
         <v>142</v>
       </c>
       <c r="I34" s="13"/>
       <c r="J34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>143</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>144</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>145</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>146</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>147</v>
       </c>
       <c r="P34" s="4">
         <v>2.85</v>
       </c>
       <c r="Q34" s="4">
-        <v>2.24</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>78.83</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>0</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -2923,54 +2923,54 @@
         <v>148</v>
       </c>
       <c r="I35" s="13"/>
       <c r="J35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>149</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>150</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>151</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>152</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P35" s="4">
         <v>4.95</v>
       </c>
       <c r="Q35" s="4">
-        <v>4.93</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>99.57</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>0</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3014,54 +3014,54 @@
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="7" t="s">
         <v>156</v>
       </c>
       <c r="B37" s="7"/>
       <c r="C37" s="7"/>
       <c r="D37" s="7"/>
       <c r="E37" s="11"/>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="14"/>
       <c r="I37" s="14"/>
       <c r="J37" s="14"/>
       <c r="K37" s="8"/>
       <c r="L37" s="8"/>
       <c r="M37" s="8"/>
       <c r="N37" s="8"/>
       <c r="O37" s="8">
         <v>326.86</v>
       </c>
       <c r="P37" s="8">
-        <v>16.71</v>
+        <v>0</v>
       </c>
       <c r="Q37" s="8">
-        <v>5.11</v>
+        <v>0</v>
       </c>
       <c r="R37" s="8"/>
       <c r="S37" s="8"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A37:N37"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>