--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1528,54 +1528,54 @@
         <v>64</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P15" s="4">
         <v>4.95</v>
       </c>
       <c r="Q15" s="4">
-        <v>4.83</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>97.6</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1587,54 +1587,54 @@
         <v>70</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P16" s="4">
         <v>4.46</v>
       </c>
       <c r="Q16" s="4">
-        <v>2.57</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>57.62</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1680,54 +1680,54 @@
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>79</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>461.01</v>
       </c>
       <c r="P18" s="8">
-        <v>7.4</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>1.61</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>