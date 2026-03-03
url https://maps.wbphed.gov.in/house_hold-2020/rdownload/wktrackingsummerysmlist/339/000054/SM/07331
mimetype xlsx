--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -2666,54 +2666,54 @@
         <v>121</v>
       </c>
       <c r="I29" s="13"/>
       <c r="J29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P29" s="4">
         <v>3.08</v>
       </c>
       <c r="Q29" s="4">
-        <v>2.99</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>97.01</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2725,54 +2725,54 @@
         <v>127</v>
       </c>
       <c r="I30" s="13"/>
       <c r="J30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>128</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>129</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>130</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P30" s="4">
         <v>4.95</v>
       </c>
       <c r="Q30" s="4">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>1.93</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2784,54 +2784,54 @@
         <v>132</v>
       </c>
       <c r="I31" s="13"/>
       <c r="J31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>135</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>136</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P31" s="4">
         <v>4.46</v>
       </c>
       <c r="Q31" s="4">
-        <v>0.74</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>16.52</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>0</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2900,54 +2900,54 @@
         <v>143</v>
       </c>
       <c r="I33" s="13"/>
       <c r="J33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>147</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>142</v>
       </c>
       <c r="P33" s="4">
         <v>96.69</v>
       </c>
       <c r="Q33" s="4">
-        <v>19.77</v>
+        <v>9.89</v>
       </c>
       <c r="R33" s="4">
-        <v>20.45</v>
+        <v>10.22</v>
       </c>
       <c r="S33" s="4">
         <v>0</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -2959,54 +2959,54 @@
         <v>148</v>
       </c>
       <c r="I34" s="13"/>
       <c r="J34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>149</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>150</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>151</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>152</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>153</v>
       </c>
       <c r="P34" s="4">
         <v>15.25</v>
       </c>
       <c r="Q34" s="4">
-        <v>15.43</v>
+        <v>7.71</v>
       </c>
       <c r="R34" s="4">
-        <v>101.17</v>
+        <v>50.59</v>
       </c>
       <c r="S34" s="4">
         <v>0</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3077,54 +3077,54 @@
         <v>158</v>
       </c>
       <c r="I36" s="13"/>
       <c r="J36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>159</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>160</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>157</v>
       </c>
       <c r="P36" s="4">
         <v>4.68</v>
       </c>
       <c r="Q36" s="4">
-        <v>0.23</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>4.91</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>0</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3136,54 +3136,54 @@
         <v>161</v>
       </c>
       <c r="I37" s="13"/>
       <c r="J37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>162</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>163</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P37" s="4">
         <v>4.82</v>
       </c>
       <c r="Q37" s="4">
-        <v>0.21</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>4.34</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>0</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3195,54 +3195,54 @@
         <v>165</v>
       </c>
       <c r="I38" s="13"/>
       <c r="J38" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P38" s="4">
         <v>4.86</v>
       </c>
       <c r="Q38" s="4">
-        <v>0.22</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>4.47</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>0</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3254,54 +3254,54 @@
         <v>168</v>
       </c>
       <c r="I39" s="13"/>
       <c r="J39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>169</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>170</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P39" s="4">
         <v>4.82</v>
       </c>
       <c r="Q39" s="4">
-        <v>0.21</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>4.31</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>0</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3431,88 +3431,88 @@
         <v>179</v>
       </c>
       <c r="I42" s="13"/>
       <c r="J42" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>180</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>181</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>182</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P42" s="4">
         <v>1.4</v>
       </c>
       <c r="Q42" s="4">
-        <v>1.34</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>95.23</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>0</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="7" t="s">
         <v>183</v>
       </c>
       <c r="B43" s="7"/>
       <c r="C43" s="7"/>
       <c r="D43" s="7"/>
       <c r="E43" s="11"/>
       <c r="F43" s="7"/>
       <c r="G43" s="7"/>
       <c r="H43" s="14"/>
       <c r="I43" s="14"/>
       <c r="J43" s="14"/>
       <c r="K43" s="8"/>
       <c r="L43" s="8"/>
       <c r="M43" s="8"/>
       <c r="N43" s="8"/>
       <c r="O43" s="8">
         <v>281.56</v>
       </c>
       <c r="P43" s="8">
-        <v>41.22</v>
+        <v>17.6</v>
       </c>
       <c r="Q43" s="8">
-        <v>14.64</v>
+        <v>6.25</v>
       </c>
       <c r="R43" s="8"/>
       <c r="S43" s="8"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A43:N43"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>