--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -2765,88 +2765,88 @@
       <c r="I34" s="13" t="s">
         <v>125</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P34" s="4">
         <v>234.49</v>
       </c>
       <c r="Q34" s="4">
-        <v>0.28</v>
+        <v>0.14</v>
       </c>
       <c r="R34" s="4">
-        <v>0.12</v>
+        <v>0.06</v>
       </c>
       <c r="S34" s="4">
         <v>0</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="7" t="s">
         <v>131</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="11"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
       <c r="H35" s="14"/>
       <c r="I35" s="14"/>
       <c r="J35" s="14"/>
       <c r="K35" s="8"/>
       <c r="L35" s="8"/>
       <c r="M35" s="8"/>
       <c r="N35" s="8"/>
       <c r="O35" s="8">
         <v>459.84</v>
       </c>
       <c r="P35" s="8">
-        <v>0.28</v>
+        <v>0.14</v>
       </c>
       <c r="Q35" s="8">
-        <v>0.06</v>
+        <v>0.03</v>
       </c>
       <c r="R35" s="8"/>
       <c r="S35" s="8"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A35:N35"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>