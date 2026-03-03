--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -2286,88 +2286,88 @@
         <v>110</v>
       </c>
       <c r="I26" s="13"/>
       <c r="J26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P26" s="4">
         <v>96.69</v>
       </c>
       <c r="Q26" s="4">
-        <v>26.85</v>
+        <v>13.42</v>
       </c>
       <c r="R26" s="4">
-        <v>27.77</v>
+        <v>13.88</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="7" t="s">
         <v>116</v>
       </c>
       <c r="B27" s="7"/>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
       <c r="E27" s="11"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="14"/>
       <c r="I27" s="14"/>
       <c r="J27" s="14"/>
       <c r="K27" s="8"/>
       <c r="L27" s="8"/>
       <c r="M27" s="8"/>
       <c r="N27" s="8"/>
       <c r="O27" s="8">
         <v>259.35</v>
       </c>
       <c r="P27" s="8">
-        <v>26.85</v>
+        <v>13.42</v>
       </c>
       <c r="Q27" s="8">
-        <v>10.35</v>
+        <v>5.18</v>
       </c>
       <c r="R27" s="8"/>
       <c r="S27" s="8"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A27:N27"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>