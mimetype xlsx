--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1138,54 +1138,54 @@
         <v>47</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P7" s="4">
         <v>1.08</v>
       </c>
       <c r="Q7" s="4">
-        <v>1.08</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.57</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1653,54 +1653,54 @@
         <v>79</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P16" s="4">
         <v>3.22</v>
       </c>
       <c r="Q16" s="4">
-        <v>1.77</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>54.96</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1712,54 +1712,54 @@
         <v>84</v>
       </c>
       <c r="I17" s="13"/>
       <c r="J17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P17" s="4">
         <v>1.31</v>
       </c>
       <c r="Q17" s="4">
-        <v>1.11</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>85.04</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1771,54 +1771,54 @@
         <v>88</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P18" s="4">
         <v>25.05</v>
       </c>
       <c r="Q18" s="4">
-        <v>4.5</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>17.94</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1832,88 +1832,88 @@
       <c r="I19" s="13" t="s">
         <v>93</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P19" s="4">
         <v>234.49</v>
       </c>
       <c r="Q19" s="4">
-        <v>53.39</v>
+        <v>26.7</v>
       </c>
       <c r="R19" s="4">
-        <v>22.77</v>
+        <v>11.38</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="7" t="s">
         <v>99</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="11"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8">
         <v>364.69</v>
       </c>
       <c r="P20" s="8">
-        <v>61.85</v>
+        <v>26.7</v>
       </c>
       <c r="Q20" s="8">
-        <v>16.96</v>
+        <v>7.32</v>
       </c>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A20:N20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>