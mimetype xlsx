--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -920,54 +920,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>96.69</v>
       </c>
       <c r="Q3" s="4">
-        <v>20.48</v>
+        <v>10.24</v>
       </c>
       <c r="R3" s="4">
-        <v>21.18</v>
+        <v>10.59</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -2131,88 +2131,88 @@
       <c r="I24" s="13" t="s">
         <v>99</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>104</v>
       </c>
       <c r="P24" s="4">
         <v>234.49</v>
       </c>
       <c r="Q24" s="4">
-        <v>83.12</v>
+        <v>41.56</v>
       </c>
       <c r="R24" s="4">
-        <v>35.45</v>
+        <v>17.72</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
         <v>105</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>386.71</v>
       </c>
       <c r="P25" s="8">
-        <v>103.6</v>
+        <v>51.8</v>
       </c>
       <c r="Q25" s="8">
-        <v>26.79</v>
+        <v>13.4</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>