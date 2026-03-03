--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -989,54 +989,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>44.06</v>
       </c>
       <c r="Q3" s="4">
-        <v>40.32</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>91.51</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -2534,54 +2534,54 @@
         <v>110</v>
       </c>
       <c r="I30" s="13"/>
       <c r="J30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P30" s="4">
         <v>3.37</v>
       </c>
       <c r="Q30" s="4">
-        <v>3.37</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2688,54 +2688,54 @@
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="7" t="s">
         <v>128</v>
       </c>
       <c r="B33" s="7"/>
       <c r="C33" s="7"/>
       <c r="D33" s="7"/>
       <c r="E33" s="11"/>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="14"/>
       <c r="I33" s="14"/>
       <c r="J33" s="14"/>
       <c r="K33" s="8"/>
       <c r="L33" s="8"/>
       <c r="M33" s="8"/>
       <c r="N33" s="8"/>
       <c r="O33" s="8">
         <v>475.04</v>
       </c>
       <c r="P33" s="8">
-        <v>43.69</v>
+        <v>0</v>
       </c>
       <c r="Q33" s="8">
-        <v>9.2</v>
+        <v>0</v>
       </c>
       <c r="R33" s="8"/>
       <c r="S33" s="8"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A33:N33"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>